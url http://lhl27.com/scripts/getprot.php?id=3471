--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -129,54 +129,54 @@
   <si>
     <t>40-52</t>
   </si>
   <si>
     <t>38-20</t>
   </si>
   <si>
     <t>Марков Николай</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>43-53</t>
   </si>
   <si>
     <t>Колодий Михаил</t>
   </si>
   <si>
     <t>Чернухин Егор</t>
   </si>
   <si>
     <t>Луц Виктор</t>
   </si>
   <si>
+    <t>Вр</t>
+  </si>
+  <si>
     <t>Богомолов Вячеслав</t>
-  </si>
-[...1 lines deleted...]
-    <t>Вр</t>
   </si>
   <si>
     <t>Мерк Иван</t>
   </si>
   <si>
     <t>Сычугов Роман</t>
   </si>
   <si>
     <t>Якимов Виталий</t>
   </si>
   <si>
     <t>Ромашков Ярослав</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Союз»</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
@@ -1132,78 +1132,78 @@
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
       <c r="M10" s="8"/>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="5">
         <v>29</v>
       </c>
       <c r="B11" s="12" t="s">
         <v>36</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
       <c r="G11" s="5" t="s">
-        <v>22</v>
+        <v>37</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
       <c r="M11" s="8"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
         <v>31</v>
       </c>
       <c r="B12" s="12" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
       <c r="G12" s="5" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
         <v>44</v>
       </c>
       <c r="B13" s="12" t="s">
         <v>39</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
@@ -1827,51 +1827,51 @@
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
         <v>20</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>54</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
       <c r="G38" s="7" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
         <v>39</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>55</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>