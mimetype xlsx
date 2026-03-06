--- v0 (2026-03-05)
+++ v1 (2026-03-06)
@@ -147,60 +147,60 @@
   <si>
     <t>Щавинский Кирилл</t>
   </si>
   <si>
     <t>Пышненко Артем</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Регул»</t>
   </si>
   <si>
     <t>Брюханов Артем</t>
   </si>
   <si>
     <t>28:13</t>
   </si>
   <si>
     <t>0:48</t>
   </si>
   <si>
+    <t>Оселедец Станислав</t>
+  </si>
+  <si>
+    <t>35:04</t>
+  </si>
+  <si>
+    <t>11:10</t>
+  </si>
+  <si>
     <t>Дрокин Павел</t>
-  </si>
-[...7 lines deleted...]
-    <t>Оселедец Станислав</t>
   </si>
   <si>
     <t>18:21</t>
   </si>
   <si>
     <t>Вяткин Алексей</t>
   </si>
   <si>
     <t>38:59</t>
   </si>
   <si>
     <t>Куделин Никита</t>
   </si>
   <si>
     <t>44:24</t>
   </si>
   <si>
     <t>Махлепов Алексей</t>
   </si>
   <si>
     <t>Тишков Иван</t>
   </si>
   <si>
     <t>Калашников Валерий</t>
   </si>
@@ -1602,96 +1602,96 @@
       </c>
       <c r="O30" s="7">
         <v>3</v>
       </c>
       <c r="P30" s="7">
         <v>2</v>
       </c>
       <c r="Q30" s="7">
         <v>5</v>
       </c>
       <c r="R30" s="7"/>
       <c r="S30" s="7"/>
     </row>
     <row r="31" spans="1:19">
       <c r="A31" s="7">
         <v>3</v>
       </c>
       <c r="B31" s="12" t="s">
         <v>43</v>
       </c>
       <c r="C31" s="13"/>
       <c r="D31" s="13"/>
       <c r="E31" s="13"/>
       <c r="F31" s="14"/>
       <c r="G31" s="7" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="H31" s="7">
         <v>2</v>
       </c>
       <c r="I31" s="7"/>
       <c r="J31" s="7" t="s">
         <v>44</v>
       </c>
       <c r="K31" s="7">
         <v>38</v>
       </c>
       <c r="L31" s="7">
         <v>0</v>
       </c>
       <c r="M31" s="7">
         <v>0</v>
       </c>
       <c r="N31" s="7" t="s">
         <v>45</v>
       </c>
       <c r="O31" s="7">
         <v>86</v>
       </c>
       <c r="P31" s="7">
         <v>2</v>
       </c>
       <c r="Q31" s="7">
         <v>5</v>
       </c>
       <c r="R31" s="7"/>
       <c r="S31" s="7"/>
     </row>
     <row r="32" spans="1:19">
       <c r="A32" s="7">
         <v>3</v>
       </c>
       <c r="B32" s="12" t="s">
         <v>46</v>
       </c>
       <c r="C32" s="13"/>
       <c r="D32" s="13"/>
       <c r="E32" s="13"/>
       <c r="F32" s="14"/>
       <c r="G32" s="7" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="H32" s="7"/>
       <c r="I32" s="7"/>
       <c r="J32" s="7"/>
       <c r="K32" s="7"/>
       <c r="L32" s="7"/>
       <c r="M32" s="7"/>
       <c r="N32" s="7" t="s">
         <v>47</v>
       </c>
       <c r="O32" s="7">
         <v>11</v>
       </c>
       <c r="P32" s="7">
         <v>2</v>
       </c>
       <c r="Q32" s="7">
         <v>8</v>
       </c>
       <c r="R32" s="7"/>
       <c r="S32" s="7"/>
     </row>
     <row r="33" spans="1:19">
       <c r="A33" s="7">
         <v>11</v>