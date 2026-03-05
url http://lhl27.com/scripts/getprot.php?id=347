--- v0 (2025-12-08)
+++ v1 (2026-03-05)
@@ -129,111 +129,111 @@
   <si>
     <t>Ятманов Сергей</t>
   </si>
   <si>
     <t>29:10</t>
   </si>
   <si>
     <t>Акимкин Александр</t>
   </si>
   <si>
     <t>42:55</t>
   </si>
   <si>
     <t>Шупилов Петр</t>
   </si>
   <si>
     <t>43:30</t>
   </si>
   <si>
     <t>Пожиленков Олег</t>
   </si>
   <si>
     <t>Остапенко Никита</t>
   </si>
   <si>
+    <t>Горбань Андрей</t>
+  </si>
+  <si>
     <t>Литвинов Вадим</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
-    <t>Горбань Андрей</t>
-[...1 lines deleted...]
-  <si>
     <t>Чернухин Егор</t>
   </si>
   <si>
     <t>Мерк Иван</t>
   </si>
   <si>
     <t>Островский Александр</t>
   </si>
   <si>
     <t>Белик Сергей</t>
   </si>
   <si>
     <t>Чечелев Егор</t>
   </si>
   <si>
     <t>Деряев Денис</t>
   </si>
   <si>
     <t>Сназинов Вадим</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Феникс»</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>Власов Евгений</t>
   </si>
   <si>
+    <t>Платов Сергей</t>
+  </si>
+  <si>
     <t>Одинец Александр</t>
   </si>
   <si>
     <t>Медвикус Евгений</t>
   </si>
   <si>
     <t>Бойцов Евгений</t>
   </si>
   <si>
     <t>Борисов Сергей</t>
   </si>
   <si>
     <t>Шураков Дмитрий</t>
-  </si>
-[...1 lines deleted...]
-    <t>Платов Сергей</t>
   </si>
   <si>
     <t>Митрофанов Федор</t>
   </si>
   <si>
     <t>Грейзик Сергей</t>
   </si>
   <si>
     <t>Журавлев Виталий</t>
   </si>
   <si>
     <t>Москалев Алексей</t>
   </si>
   <si>
     <t>Летюк Денис</t>
   </si>
   <si>
     <t>Герасимов Андрей</t>
   </si>
   <si>
     <t>Сычев Артем</t>
   </si>
   <si>
     <t>Рекун Сергей</t>
   </si>
@@ -1237,78 +1237,78 @@
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
         <v>24</v>
       </c>
       <c r="B13" s="12" t="s">
         <v>37</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
       <c r="G13" s="5" t="s">
-        <v>38</v>
+        <v>22</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
         <v>24</v>
       </c>
       <c r="B14" s="12" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
       <c r="G14" s="5" t="s">
-        <v>22</v>
+        <v>39</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5">
         <v>28</v>
       </c>
       <c r="B15" s="12" t="s">
         <v>40</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>
@@ -1723,149 +1723,149 @@
       <c r="P30" s="7">
         <v>2</v>
       </c>
       <c r="Q30" s="7">
         <v>0</v>
       </c>
       <c r="R30" s="7">
         <v>36.14</v>
       </c>
       <c r="S30" s="7">
         <v>38.14</v>
       </c>
     </row>
     <row r="31" spans="1:19">
       <c r="A31" s="7">
         <v>1</v>
       </c>
       <c r="B31" s="12" t="s">
         <v>51</v>
       </c>
       <c r="C31" s="13"/>
       <c r="D31" s="13"/>
       <c r="E31" s="13"/>
       <c r="F31" s="14"/>
       <c r="G31" s="7" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H31" s="7"/>
       <c r="I31" s="7"/>
       <c r="J31" s="7"/>
       <c r="K31" s="7"/>
       <c r="L31" s="7"/>
       <c r="M31" s="7"/>
       <c r="N31" s="7"/>
       <c r="O31" s="7"/>
       <c r="P31" s="7"/>
       <c r="Q31" s="7"/>
       <c r="R31" s="7"/>
       <c r="S31" s="7"/>
     </row>
     <row r="32" spans="1:19">
       <c r="A32" s="7">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="B32" s="12" t="s">
         <v>52</v>
       </c>
       <c r="C32" s="13"/>
       <c r="D32" s="13"/>
       <c r="E32" s="13"/>
       <c r="F32" s="14"/>
       <c r="G32" s="7" t="s">
         <v>25</v>
       </c>
       <c r="H32" s="7"/>
       <c r="I32" s="7"/>
       <c r="J32" s="7"/>
       <c r="K32" s="7"/>
       <c r="L32" s="7"/>
       <c r="M32" s="7"/>
       <c r="N32" s="7"/>
       <c r="O32" s="7"/>
       <c r="P32" s="7"/>
       <c r="Q32" s="7"/>
       <c r="R32" s="7"/>
       <c r="S32" s="7"/>
     </row>
     <row r="33" spans="1:19">
       <c r="A33" s="7">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="B33" s="12" t="s">
         <v>53</v>
       </c>
       <c r="C33" s="13"/>
       <c r="D33" s="13"/>
       <c r="E33" s="13"/>
       <c r="F33" s="14"/>
       <c r="G33" s="7" t="s">
         <v>25</v>
       </c>
       <c r="H33" s="7"/>
       <c r="I33" s="7"/>
       <c r="J33" s="7"/>
       <c r="K33" s="7"/>
       <c r="L33" s="7"/>
       <c r="M33" s="7"/>
       <c r="N33" s="7"/>
       <c r="O33" s="7"/>
       <c r="P33" s="7"/>
       <c r="Q33" s="7"/>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="B34" s="12" t="s">
         <v>54</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
       <c r="G34" s="7" t="s">
         <v>25</v>
       </c>
       <c r="H34" s="7"/>
       <c r="I34" s="7"/>
       <c r="J34" s="7"/>
       <c r="K34" s="7"/>
       <c r="L34" s="7"/>
       <c r="M34" s="7"/>
       <c r="N34" s="7"/>
       <c r="O34" s="7"/>
       <c r="P34" s="7"/>
       <c r="Q34" s="7"/>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>55</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>
       <c r="G35" s="7" t="s">
         <v>25</v>
       </c>
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
@@ -1875,51 +1875,51 @@
       <c r="B36" s="12" t="s">
         <v>56</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>
       <c r="G36" s="7" t="s">
         <v>25</v>
       </c>
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>57</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
       <c r="G37" s="7" t="s">
         <v>25</v>
       </c>
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">