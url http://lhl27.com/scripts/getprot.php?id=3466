--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -132,54 +132,54 @@
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>33-30</t>
   </si>
   <si>
     <t>Братухин Антон</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Подкопаев Филипп</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>Маковецкий Виктор</t>
   </si>
   <si>
     <t>Зелинский Владислав</t>
   </si>
   <si>
+    <t>Карпусь Владислав</t>
+  </si>
+  <si>
     <t>Пилюгин Дмитрий</t>
-  </si>
-[...1 lines deleted...]
-    <t>Карпусь Владислав</t>
   </si>
   <si>
     <t>Заморозов Владимир</t>
   </si>
   <si>
     <t>Капунов Евгений</t>
   </si>
   <si>
     <t>Коршунов Алексей</t>
   </si>
   <si>
     <t>Ерофеев Николай</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Лидер»</t>
   </si>
   <si>
     <t>Заикин Илья</t>
   </si>
@@ -1806,51 +1806,51 @@
       <c r="H34" s="7"/>
       <c r="I34" s="7"/>
       <c r="J34" s="7"/>
       <c r="K34" s="7"/>
       <c r="L34" s="7"/>
       <c r="M34" s="7"/>
       <c r="N34" s="7"/>
       <c r="O34" s="7"/>
       <c r="P34" s="7"/>
       <c r="Q34" s="7"/>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
         <v>29</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>57</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>
       <c r="G35" s="7" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
         <v>31</v>
       </c>
       <c r="B36" s="12" t="s">
         <v>58</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>