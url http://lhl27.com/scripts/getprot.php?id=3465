--- v0 (2025-12-07)
+++ v1 (2026-03-04)
@@ -81,101 +81,101 @@
   <si>
     <t>Ис</t>
   </si>
   <si>
     <t xml:space="preserve">Время </t>
   </si>
   <si>
     <t>Г</t>
   </si>
   <si>
     <t>П</t>
   </si>
   <si>
     <t xml:space="preserve">Шт </t>
   </si>
   <si>
     <t>Пр</t>
   </si>
   <si>
     <t>Нач</t>
   </si>
   <si>
     <t>Окон</t>
   </si>
   <si>
+    <t>Заикин Илья</t>
+  </si>
+  <si>
+    <t>Нп</t>
+  </si>
+  <si>
+    <t>10-08</t>
+  </si>
+  <si>
+    <t>39-40</t>
+  </si>
+  <si>
     <t>Лазарев Владимир</t>
   </si>
   <si>
-    <t>Нп</t>
-[...10 lines deleted...]
-  <si>
     <t>11-59</t>
   </si>
   <si>
     <t>23-16</t>
   </si>
   <si>
     <t>Соколов Петр</t>
   </si>
   <si>
     <t>27-40</t>
   </si>
   <si>
     <t>41-07</t>
   </si>
   <si>
     <t>Марков Николай</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Колодий Михаил</t>
   </si>
   <si>
     <t>Чернухин Егор</t>
   </si>
   <si>
     <t>Луц Виктор</t>
   </si>
   <si>
+    <t>Вр</t>
+  </si>
+  <si>
     <t>Богомолов Вячеслав</t>
   </si>
   <si>
-    <t>Вр</t>
-[...1 lines deleted...]
-  <si>
     <t>Глушков Фёдор</t>
   </si>
   <si>
     <t>Мерк Иван</t>
   </si>
   <si>
     <t>Вороной Кирилл</t>
   </si>
   <si>
     <t>Якимов Виталий</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Союз»</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>14-25</t>
@@ -189,57 +189,57 @@
   <si>
     <t>42-25</t>
   </si>
   <si>
     <t>18-25</t>
   </si>
   <si>
     <t>20-08</t>
   </si>
   <si>
     <t>Ефремов Дмитрий</t>
   </si>
   <si>
     <t>+1</t>
   </si>
   <si>
     <t>24-53</t>
   </si>
   <si>
     <t>Братухин Антон</t>
   </si>
   <si>
     <t>31-22</t>
   </si>
   <si>
+    <t>Подкопаев Филипп</t>
+  </si>
+  <si>
+    <t>43-39</t>
+  </si>
+  <si>
     <t>Маковецкий Виктор</t>
-  </si>
-[...4 lines deleted...]
-    <t>Подкопаев Филипп</t>
   </si>
   <si>
     <t>Зелинский Владислав</t>
   </si>
   <si>
     <t>Пилюгин Дмитрий</t>
   </si>
   <si>
     <t>Карпусь Владислав</t>
   </si>
   <si>
     <t>Заморозов Владимир</t>
   </si>
   <si>
     <t>Капунов Евгений</t>
   </si>
   <si>
     <t>Лесь-Нелин Александр</t>
   </si>
   <si>
     <t>Коршунов Алексей</t>
   </si>
   <si>
     <t>Ерофеев Николай</t>
   </si>
@@ -1144,78 +1144,78 @@
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
       <c r="M10" s="8"/>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="5">
         <v>29</v>
       </c>
       <c r="B11" s="12" t="s">
         <v>35</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
       <c r="G11" s="5" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
       <c r="M11" s="8"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
         <v>31</v>
       </c>
       <c r="B12" s="12" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
       <c r="G12" s="5" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
         <v>41</v>
       </c>
       <c r="B13" s="12" t="s">
         <v>38</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
@@ -1765,51 +1765,51 @@
       <c r="L33" s="7">
         <v>14</v>
       </c>
       <c r="M33" s="7">
         <v>0</v>
       </c>
       <c r="N33" s="7"/>
       <c r="O33" s="7"/>
       <c r="P33" s="7"/>
       <c r="Q33" s="7"/>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
         <v>1</v>
       </c>
       <c r="B34" s="12" t="s">
         <v>52</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
       <c r="G34" s="7" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="H34" s="7">
         <v>5</v>
       </c>
       <c r="I34" s="7" t="s">
         <v>53</v>
       </c>
       <c r="J34" s="7" t="s">
         <v>54</v>
       </c>
       <c r="K34" s="7">
         <v>17</v>
       </c>
       <c r="L34" s="7">
         <v>14</v>
       </c>
       <c r="M34" s="7">
         <v>0</v>
       </c>
       <c r="N34" s="7"/>
       <c r="O34" s="7"/>
       <c r="P34" s="7"/>
       <c r="Q34" s="7"/>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
@@ -2040,51 +2040,51 @@
       <c r="H42" s="7"/>
       <c r="I42" s="7"/>
       <c r="J42" s="7"/>
       <c r="K42" s="7"/>
       <c r="L42" s="7"/>
       <c r="M42" s="7"/>
       <c r="N42" s="7"/>
       <c r="O42" s="7"/>
       <c r="P42" s="7"/>
       <c r="Q42" s="7"/>
       <c r="R42" s="7"/>
       <c r="S42" s="7"/>
     </row>
     <row r="43" spans="1:19">
       <c r="A43" s="7">
         <v>20</v>
       </c>
       <c r="B43" s="12" t="s">
         <v>65</v>
       </c>
       <c r="C43" s="13"/>
       <c r="D43" s="13"/>
       <c r="E43" s="13"/>
       <c r="F43" s="14"/>
       <c r="G43" s="7" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="H43" s="7"/>
       <c r="I43" s="7"/>
       <c r="J43" s="7"/>
       <c r="K43" s="7"/>
       <c r="L43" s="7"/>
       <c r="M43" s="7"/>
       <c r="N43" s="7"/>
       <c r="O43" s="7"/>
       <c r="P43" s="7"/>
       <c r="Q43" s="7"/>
       <c r="R43" s="7"/>
       <c r="S43" s="7"/>
     </row>
     <row r="44" spans="1:19">
       <c r="A44" s="7">
         <v>43</v>
       </c>
       <c r="B44" s="12" t="s">
         <v>66</v>
       </c>
       <c r="C44" s="13"/>
       <c r="D44" s="13"/>
       <c r="E44" s="13"/>
       <c r="F44" s="14"/>