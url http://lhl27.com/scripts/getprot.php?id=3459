--- v0 (2025-12-07)
+++ v1 (2026-03-04)
@@ -144,54 +144,54 @@
   <si>
     <t>+1</t>
   </si>
   <si>
     <t>41-48</t>
   </si>
   <si>
     <t>Морозовский Дмитрий</t>
   </si>
   <si>
     <t>44-50</t>
   </si>
   <si>
     <t>Зверев Евгений</t>
   </si>
   <si>
     <t>Лазутин Юрий</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Колпаков Игорь</t>
   </si>
   <si>
+    <t>Бондаренко Тарас</t>
+  </si>
+  <si>
     <t>Бондаренко Сергей</t>
-  </si>
-[...1 lines deleted...]
-    <t>Бондаренко Тарас</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Крылья Востока»</t>
   </si>
   <si>
     <t>Фатьянов Роман</t>
   </si>
   <si>
     <t>16-26</t>
   </si>
   <si>
     <t>41-23</t>
   </si>
   <si>
     <t>Кочубей Дмитрий</t>
   </si>
   <si>
     <t>34-15</t>
   </si>