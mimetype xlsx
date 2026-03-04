--- v0 (2025-12-07)
+++ v1 (2026-03-04)
@@ -174,96 +174,96 @@
   <si>
     <t>Поздняков Герман</t>
   </si>
   <si>
     <t>Креган Александр</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Лидер»</t>
   </si>
   <si>
     <t>Храпак Константин</t>
   </si>
   <si>
     <t>6-29</t>
   </si>
   <si>
     <t>14-40</t>
   </si>
   <si>
+    <t>Лазарев Владимир</t>
+  </si>
+  <si>
+    <t>9-58</t>
+  </si>
+  <si>
     <t>Заикин Илья</t>
   </si>
   <si>
-    <t>9-58</t>
-[...4 lines deleted...]
-  <si>
     <t>18-40</t>
   </si>
   <si>
     <t>Соколов Петр</t>
   </si>
   <si>
     <t>22-01</t>
   </si>
   <si>
     <t>Пронкевич Александр</t>
   </si>
   <si>
     <t>27-58</t>
   </si>
   <si>
     <t>Марков Николай</t>
   </si>
   <si>
     <t>+1</t>
   </si>
   <si>
     <t>33-55</t>
   </si>
   <si>
     <t>Колодий Михаил</t>
   </si>
   <si>
     <t>44-40</t>
   </si>
   <si>
     <t>Луц Виктор</t>
   </si>
   <si>
+    <t>Вр</t>
+  </si>
+  <si>
     <t>Богомолов Вячеслав</t>
-  </si>
-[...1 lines deleted...]
-    <t>Вр</t>
   </si>
   <si>
     <t>Мерк Иван</t>
   </si>
   <si>
     <t>Сычугов Роман</t>
   </si>
   <si>
     <t>Вороной Кирилл</t>
   </si>
   <si>
     <t>Якимов Виталий</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
   <si>
     <t>Колесников Павел</t>
   </si>
@@ -1966,78 +1966,78 @@
       <c r="L36" s="7">
         <v>55</v>
       </c>
       <c r="M36" s="7">
         <v>27</v>
       </c>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
         <v>29</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>65</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
       <c r="G37" s="7" t="s">
-        <v>25</v>
+        <v>66</v>
       </c>
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
         <v>31</v>
       </c>
       <c r="B38" s="12" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
       <c r="G38" s="7" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
         <v>44</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>68</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>