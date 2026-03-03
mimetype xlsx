--- v0 (2025-12-10)
+++ v1 (2026-03-03)
@@ -117,57 +117,57 @@
   <si>
     <t>43:45</t>
   </si>
   <si>
     <t>33:57</t>
   </si>
   <si>
     <t>Гальченко Станислав</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>44:06</t>
   </si>
   <si>
     <t>Жилин Николай</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>44:38</t>
   </si>
   <si>
+    <t>Ермаков Евгений</t>
+  </si>
+  <si>
+    <t>Нп</t>
+  </si>
+  <si>
     <t>Годун Антон</t>
-  </si>
-[...4 lines deleted...]
-    <t>Ермаков Евгений</t>
   </si>
   <si>
     <t>Гутов Иван</t>
   </si>
   <si>
     <t>Сапунков Руслан</t>
   </si>
   <si>
     <t>Матвеев Владислав</t>
   </si>
   <si>
     <t>Афанасенко Евгений</t>
   </si>
   <si>
     <t>Катько Андрей</t>
   </si>
   <si>
     <t>Клевцов Данил</t>
   </si>
   <si>
     <t>Алексеев Алексей</t>
   </si>
   <si>
     <t>Королев Александр</t>
   </si>