--- v0 (2026-03-04)
+++ v1 (2026-03-05)
@@ -189,54 +189,54 @@
   <si>
     <t>17-29</t>
   </si>
   <si>
     <t>43-13</t>
   </si>
   <si>
     <t>Морозов Сергей</t>
   </si>
   <si>
     <t>38-27</t>
   </si>
   <si>
     <t>Юрченко Константин</t>
   </si>
   <si>
     <t>Писарев Павел</t>
   </si>
   <si>
     <t>Вороненко Александр</t>
   </si>
   <si>
     <t>Сизиков Михаил</t>
   </si>
   <si>
+    <t>Казимирчук Александр</t>
+  </si>
+  <si>
     <t>Иокша Александр</t>
-  </si>
-[...1 lines deleted...]
-    <t>Казимирчук Александр</t>
   </si>
   <si>
     <t>Лихоманов Алексей</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
   <si>
     <t>Новгородцев Илья</t>
   </si>
   <si>
     <t>Севрюгин Егор</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>