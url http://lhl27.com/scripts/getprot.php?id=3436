--- v0 (2025-12-10)
+++ v1 (2026-03-04)
@@ -129,59 +129,59 @@
   <si>
     <t>Шабала Денис</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>39-45</t>
   </si>
   <si>
     <t>15-55</t>
   </si>
   <si>
     <t>Русинов Денис</t>
   </si>
   <si>
     <t>32-37</t>
   </si>
   <si>
     <t>Иволга Дмитрий</t>
   </si>
   <si>
     <t>35-32</t>
   </si>
   <si>
+    <t>Христинин Константин</t>
+  </si>
+  <si>
+    <t>36-01</t>
+  </si>
+  <si>
     <t>Молчанов Сергей</t>
   </si>
   <si>
-    <t>36-01</t>
-[...4 lines deleted...]
-  <si>
     <t>Астахов Олег</t>
   </si>
   <si>
     <t>Черепанов Вячеслав</t>
   </si>
   <si>
     <t>Можаев Владимир</t>
   </si>
   <si>
     <t>Скрынник Евгений</t>
   </si>
   <si>
     <t>Карамышев Николай</t>
   </si>
   <si>
     <t>Минорский Сергей</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Альфа»</t>
@@ -198,54 +198,54 @@
   <si>
     <t>Морозов Сергей</t>
   </si>
   <si>
     <t>19-15</t>
   </si>
   <si>
     <t>Юрченко Константин</t>
   </si>
   <si>
     <t>20-54</t>
   </si>
   <si>
     <t>Гамей Александр</t>
   </si>
   <si>
     <t>28-18</t>
   </si>
   <si>
     <t>Селихов Алексей</t>
   </si>
   <si>
     <t>44-31</t>
   </si>
   <si>
+    <t>Васильев Кирилл</t>
+  </si>
+  <si>
     <t>Царегородцев Сергей</t>
-  </si>
-[...1 lines deleted...]
-    <t>Васильев Кирилл</t>
   </si>
   <si>
     <t>Вороненко Александр</t>
   </si>
   <si>
     <t>Сизиков Михаил</t>
   </si>
   <si>
     <t>Еникеев Дмитрий</t>
   </si>
   <si>
     <t>Иокша Александр</t>
   </si>
   <si>
     <t>Казимирчук Александр</t>
   </si>
   <si>
     <t>Лихоманов Алексей</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
@@ -1136,86 +1136,86 @@
       </c>
       <c r="O9" s="6">
         <v>4</v>
       </c>
       <c r="P9" s="6">
         <v>2</v>
       </c>
       <c r="Q9" s="6">
         <v>7</v>
       </c>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" s="5">
         <v>22</v>
       </c>
       <c r="B10" s="12" t="s">
         <v>37</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="14"/>
       <c r="G10" s="5" t="s">
-        <v>30</v>
+        <v>22</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
       <c r="M10" s="8"/>
       <c r="N10" s="6" t="s">
         <v>38</v>
       </c>
       <c r="O10" s="6">
         <v>22</v>
       </c>
       <c r="P10" s="6">
         <v>2</v>
       </c>
       <c r="Q10" s="6">
         <v>5</v>
       </c>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="5">
         <v>22</v>
       </c>
       <c r="B11" s="12" t="s">
         <v>39</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
       <c r="G11" s="5" t="s">
-        <v>22</v>
+        <v>30</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
       <c r="M11" s="8"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
         <v>29</v>
       </c>
       <c r="B12" s="12" t="s">
         <v>40</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
@@ -1829,78 +1829,78 @@
       </c>
       <c r="O34" s="7">
         <v>4</v>
       </c>
       <c r="P34" s="7">
         <v>2</v>
       </c>
       <c r="Q34" s="7">
         <v>9</v>
       </c>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
         <v>27</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>60</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>
       <c r="G35" s="7" t="s">
-        <v>30</v>
+        <v>22</v>
       </c>
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
         <v>27</v>
       </c>
       <c r="B36" s="12" t="s">
         <v>61</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>
       <c r="G36" s="7" t="s">
-        <v>22</v>
+        <v>30</v>
       </c>
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
         <v>35</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>62</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>