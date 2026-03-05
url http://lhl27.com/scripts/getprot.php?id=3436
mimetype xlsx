--- v1 (2026-03-04)
+++ v2 (2026-03-05)
@@ -129,57 +129,57 @@
   <si>
     <t>Шабала Денис</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>39-45</t>
   </si>
   <si>
     <t>15-55</t>
   </si>
   <si>
     <t>Русинов Денис</t>
   </si>
   <si>
     <t>32-37</t>
   </si>
   <si>
     <t>Иволга Дмитрий</t>
   </si>
   <si>
     <t>35-32</t>
   </si>
   <si>
+    <t>Молчанов Сергей</t>
+  </si>
+  <si>
+    <t>36-01</t>
+  </si>
+  <si>
     <t>Христинин Константин</t>
-  </si>
-[...4 lines deleted...]
-    <t>Молчанов Сергей</t>
   </si>
   <si>
     <t>Астахов Олег</t>
   </si>
   <si>
     <t>Черепанов Вячеслав</t>
   </si>
   <si>
     <t>Можаев Владимир</t>
   </si>
   <si>
     <t>Скрынник Евгений</t>
   </si>
   <si>
     <t>Карамышев Николай</t>
   </si>
   <si>
     <t>Минорский Сергей</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
@@ -1136,86 +1136,86 @@
       </c>
       <c r="O9" s="6">
         <v>4</v>
       </c>
       <c r="P9" s="6">
         <v>2</v>
       </c>
       <c r="Q9" s="6">
         <v>7</v>
       </c>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" s="5">
         <v>22</v>
       </c>
       <c r="B10" s="12" t="s">
         <v>37</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="14"/>
       <c r="G10" s="5" t="s">
-        <v>22</v>
+        <v>30</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
       <c r="M10" s="8"/>
       <c r="N10" s="6" t="s">
         <v>38</v>
       </c>
       <c r="O10" s="6">
         <v>22</v>
       </c>
       <c r="P10" s="6">
         <v>2</v>
       </c>
       <c r="Q10" s="6">
         <v>5</v>
       </c>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="5">
         <v>22</v>
       </c>
       <c r="B11" s="12" t="s">
         <v>39</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
       <c r="G11" s="5" t="s">
-        <v>30</v>
+        <v>22</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
       <c r="M11" s="8"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
         <v>29</v>
       </c>
       <c r="B12" s="12" t="s">
         <v>40</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>