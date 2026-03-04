--- v0 (2025-12-09)
+++ v1 (2026-03-04)
@@ -171,93 +171,93 @@
   <si>
     <t>Демичев Александр</t>
   </si>
   <si>
     <t>Иванишко Максим</t>
   </si>
   <si>
     <t>Ерохин Иван</t>
   </si>
   <si>
     <t>Семенов Данил</t>
   </si>
   <si>
     <t>Денисов Евгений</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Феникс»</t>
   </si>
   <si>
+    <t>Платов Сергей</t>
+  </si>
+  <si>
+    <t>04-48</t>
+  </si>
+  <si>
+    <t>02-54</t>
+  </si>
+  <si>
+    <t>Одинец Александр</t>
+  </si>
+  <si>
+    <t>12-58</t>
+  </si>
+  <si>
     <t>Стасюкевич Константин</t>
   </si>
   <si>
-    <t>04-48</t>
-[...8 lines deleted...]
-    <t>12-58</t>
+    <t>31-04</t>
+  </si>
+  <si>
+    <t>14-00</t>
   </si>
   <si>
     <t>Бойцов Евгений</t>
   </si>
   <si>
-    <t>31-04</t>
-[...2 lines deleted...]
-    <t>14-00</t>
+    <t>36-30</t>
+  </si>
+  <si>
+    <t>24-30</t>
   </si>
   <si>
     <t>Окунев Михаил</t>
   </si>
   <si>
-    <t>36-30</t>
-[...2 lines deleted...]
-    <t>24-30</t>
+    <t>43-00</t>
+  </si>
+  <si>
+    <t>27-10</t>
   </si>
   <si>
     <t>Балакирев Владимир</t>
-  </si>
-[...7 lines deleted...]
-    <t>Платов Сергей</t>
   </si>
   <si>
     <t>43-48</t>
   </si>
   <si>
     <t>Митрофанов Федор</t>
   </si>
   <si>
     <t>44-19</t>
   </si>
   <si>
     <t>Бирюков Станислав</t>
   </si>
   <si>
     <t>Сергодеев Вячеслав</t>
   </si>
   <si>
     <t>Москалев Алексей</t>
   </si>
   <si>
     <t>Летюк Денис</t>
   </si>
   <si>
     <t>Герасимов Андрей</t>
   </si>
@@ -1688,51 +1688,51 @@
       </c>
       <c r="M29" s="7" t="s">
         <v>16</v>
       </c>
       <c r="N29" s="7" t="s">
         <v>14</v>
       </c>
       <c r="O29" s="7" t="s">
         <v>9</v>
       </c>
       <c r="P29" s="7" t="s">
         <v>17</v>
       </c>
       <c r="Q29" s="7" t="s">
         <v>18</v>
       </c>
       <c r="R29" s="7" t="s">
         <v>19</v>
       </c>
       <c r="S29" s="7" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="30" spans="1:19">
       <c r="A30" s="7">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="B30" s="12" t="s">
         <v>51</v>
       </c>
       <c r="C30" s="13"/>
       <c r="D30" s="13"/>
       <c r="E30" s="13"/>
       <c r="F30" s="14"/>
       <c r="G30" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H30" s="7">
         <v>1</v>
       </c>
       <c r="I30" s="7"/>
       <c r="J30" s="7" t="s">
         <v>52</v>
       </c>
       <c r="K30" s="7">
         <v>27</v>
       </c>
       <c r="L30" s="7">
         <v>33</v>
       </c>
       <c r="M30" s="7">
@@ -1778,196 +1778,196 @@
         <v>27</v>
       </c>
       <c r="L31" s="7">
         <v>0</v>
       </c>
       <c r="M31" s="7">
         <v>0</v>
       </c>
       <c r="N31" s="7" t="s">
         <v>27</v>
       </c>
       <c r="O31" s="7">
         <v>33</v>
       </c>
       <c r="P31" s="7">
         <v>2</v>
       </c>
       <c r="Q31" s="7">
         <v>19</v>
       </c>
       <c r="R31" s="7"/>
       <c r="S31" s="7"/>
     </row>
     <row r="32" spans="1:19">
       <c r="A32" s="7">
-        <v>14</v>
+        <v>7</v>
       </c>
       <c r="B32" s="12" t="s">
         <v>56</v>
       </c>
       <c r="C32" s="13"/>
       <c r="D32" s="13"/>
       <c r="E32" s="13"/>
       <c r="F32" s="14"/>
       <c r="G32" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H32" s="7">
         <v>3</v>
       </c>
       <c r="I32" s="7"/>
       <c r="J32" s="7" t="s">
         <v>57</v>
       </c>
       <c r="K32" s="7">
         <v>30</v>
       </c>
       <c r="L32" s="7">
         <v>0</v>
       </c>
       <c r="M32" s="7">
         <v>0</v>
       </c>
       <c r="N32" s="7" t="s">
         <v>58</v>
       </c>
       <c r="O32" s="7">
         <v>50</v>
       </c>
       <c r="P32" s="7">
         <v>2</v>
       </c>
       <c r="Q32" s="7">
         <v>4</v>
       </c>
       <c r="R32" s="7"/>
       <c r="S32" s="7"/>
     </row>
     <row r="33" spans="1:19">
       <c r="A33" s="7">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B33" s="12" t="s">
         <v>59</v>
       </c>
       <c r="C33" s="13"/>
       <c r="D33" s="13"/>
       <c r="E33" s="13"/>
       <c r="F33" s="14"/>
       <c r="G33" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H33" s="7">
         <v>4</v>
       </c>
       <c r="I33" s="7"/>
       <c r="J33" s="7" t="s">
         <v>60</v>
       </c>
       <c r="K33" s="7">
         <v>18</v>
       </c>
       <c r="L33" s="7">
         <v>50</v>
       </c>
       <c r="M33" s="7">
         <v>0</v>
       </c>
       <c r="N33" s="7" t="s">
         <v>61</v>
       </c>
       <c r="O33" s="7">
         <v>33</v>
       </c>
       <c r="P33" s="7">
         <v>2</v>
       </c>
       <c r="Q33" s="7">
         <v>1</v>
       </c>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="B34" s="12" t="s">
         <v>62</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
       <c r="G34" s="7" t="s">
-        <v>38</v>
+        <v>22</v>
       </c>
       <c r="H34" s="7">
         <v>5</v>
       </c>
       <c r="I34" s="7"/>
       <c r="J34" s="7" t="s">
         <v>63</v>
       </c>
       <c r="K34" s="7">
         <v>45</v>
       </c>
       <c r="L34" s="7">
         <v>35</v>
       </c>
       <c r="M34" s="7">
         <v>19</v>
       </c>
       <c r="N34" s="7" t="s">
         <v>64</v>
       </c>
       <c r="O34" s="7">
         <v>34</v>
       </c>
       <c r="P34" s="7">
         <v>2</v>
       </c>
       <c r="Q34" s="7">
         <v>1</v>
       </c>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>65</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>
       <c r="G35" s="7" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7" t="s">
         <v>66</v>
       </c>
       <c r="O35" s="7">
         <v>33</v>
       </c>
       <c r="P35" s="7">
         <v>2</v>
       </c>
       <c r="Q35" s="7">
         <v>6</v>
       </c>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
         <v>27</v>