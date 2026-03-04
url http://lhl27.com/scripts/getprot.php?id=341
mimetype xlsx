--- v0 (2026-03-04)
+++ v1 (2026-03-04)
@@ -126,57 +126,57 @@
   <si>
     <t>14:50</t>
   </si>
   <si>
     <t>Сыроежкин Николай</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>29:55</t>
   </si>
   <si>
     <t>26:40</t>
   </si>
   <si>
     <t>Афанасьев Александр</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>33:30</t>
   </si>
   <si>
+    <t>Тодоровский Артем</t>
+  </si>
+  <si>
+    <t>38:45</t>
+  </si>
+  <si>
     <t>Ямщиков Дмитрий</t>
-  </si>
-[...4 lines deleted...]
-    <t>Тодоровский Артем</t>
   </si>
   <si>
     <t>Асямов Эдуард</t>
   </si>
   <si>
     <t>Матиенко Роман</t>
   </si>
   <si>
     <t>Меньшов Константин</t>
   </si>
   <si>
     <t>Крючков Максим</t>
   </si>
   <si>
     <t>Храмцов Юрий</t>
   </si>
   <si>
     <t>Джанбеков Руслан</t>
   </si>
   <si>
     <t>Разумовский Александр</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
@@ -1111,86 +1111,86 @@
       </c>
       <c r="O8" s="6">
         <v>49</v>
       </c>
       <c r="P8" s="6">
         <v>2</v>
       </c>
       <c r="Q8" s="6">
         <v>1</v>
       </c>
       <c r="R8" s="6"/>
       <c r="S8" s="6"/>
     </row>
     <row r="9" spans="1:19">
       <c r="A9" s="5">
         <v>10</v>
       </c>
       <c r="B9" s="12" t="s">
         <v>36</v>
       </c>
       <c r="C9" s="13"/>
       <c r="D9" s="13"/>
       <c r="E9" s="13"/>
       <c r="F9" s="14"/>
       <c r="G9" s="5" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="6"/>
       <c r="J9" s="6"/>
       <c r="K9" s="6"/>
       <c r="L9" s="6"/>
       <c r="M9" s="8"/>
       <c r="N9" s="6" t="s">
         <v>37</v>
       </c>
       <c r="O9" s="6">
         <v>10</v>
       </c>
       <c r="P9" s="6">
         <v>2</v>
       </c>
       <c r="Q9" s="6">
         <v>13</v>
       </c>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" s="5">
         <v>10</v>
       </c>
       <c r="B10" s="12" t="s">
         <v>38</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="14"/>
       <c r="G10" s="5" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
       <c r="M10" s="8"/>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="5">
         <v>19</v>
       </c>
       <c r="B11" s="12" t="s">
         <v>39</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>