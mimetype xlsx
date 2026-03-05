--- v0 (2025-12-06)
+++ v1 (2026-03-05)
@@ -186,54 +186,54 @@
   <si>
     <t>35-53</t>
   </si>
   <si>
     <t>Туезов Владислав</t>
   </si>
   <si>
     <t>Казаченок Руслан</t>
   </si>
   <si>
     <t>Бабин Михаил</t>
   </si>
   <si>
     <t>Алемасов Андрей</t>
   </si>
   <si>
     <t>Деньгин Андрей</t>
   </si>
   <si>
     <t>Лазутин Юрий</t>
   </si>
   <si>
     <t>Колпаков Игорь</t>
   </si>
   <si>
+    <t>Бондаренко Сергей</t>
+  </si>
+  <si>
     <t>Бондаренко Тарас</t>
-  </si>
-[...1 lines deleted...]
-    <t>Бондаренко Сергей</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
   <si>
     <t>Стародворов Роман</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="7">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>