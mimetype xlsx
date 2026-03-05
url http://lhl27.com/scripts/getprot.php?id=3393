--- v0 (2025-12-07)
+++ v1 (2026-03-05)
@@ -180,63 +180,63 @@
   <si>
     <t>10-03</t>
   </si>
   <si>
     <t>Дрокин Павел</t>
   </si>
   <si>
     <t>17-29</t>
   </si>
   <si>
     <t>24-05</t>
   </si>
   <si>
     <t>Вяткин Алексей</t>
   </si>
   <si>
     <t>35-03</t>
   </si>
   <si>
     <t>Куделин Никита</t>
   </si>
   <si>
     <t>36-51</t>
   </si>
   <si>
+    <t>Махлепов Алексей</t>
+  </si>
+  <si>
     <t>Новоселов Валерий</t>
   </si>
   <si>
-    <t>Махлепов Алексей</t>
-[...1 lines deleted...]
-  <si>
     <t>Тишков Николай</t>
   </si>
   <si>
+    <t>Болибрух Иван</t>
+  </si>
+  <si>
     <t>Писарев Павел</t>
-  </si>
-[...1 lines deleted...]
-    <t>Болибрух Иван</t>
   </si>
   <si>
     <t>Алексанян Сергей</t>
   </si>
   <si>
     <t>Уральский Павел</t>
   </si>
   <si>
     <t>Школьный Дмитрий</t>
   </si>
   <si>
     <t>Вдовенко Андрей</t>
   </si>
   <si>
     <t>Новоселов Егор</t>
   </si>
   <si>
     <t>Козуб Антон</t>
   </si>
   <si>
     <t>Иванисов Александр</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
@@ -1814,78 +1814,78 @@
       </c>
       <c r="O33" s="7">
         <v>92</v>
       </c>
       <c r="P33" s="7">
         <v>2</v>
       </c>
       <c r="Q33" s="7">
         <v>19</v>
       </c>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
         <v>19</v>
       </c>
       <c r="B34" s="12" t="s">
         <v>54</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
       <c r="G34" s="7" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="H34" s="7"/>
       <c r="I34" s="7"/>
       <c r="J34" s="7"/>
       <c r="K34" s="7"/>
       <c r="L34" s="7"/>
       <c r="M34" s="7"/>
       <c r="N34" s="7"/>
       <c r="O34" s="7"/>
       <c r="P34" s="7"/>
       <c r="Q34" s="7"/>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
         <v>19</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>55</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>
       <c r="G35" s="7" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
         <v>21</v>
       </c>
       <c r="B36" s="12" t="s">
         <v>56</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>
@@ -1895,78 +1895,78 @@
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
         <v>33</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>57</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
       <c r="G37" s="7" t="s">
-        <v>40</v>
+        <v>29</v>
       </c>
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
         <v>33</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>58</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
       <c r="G38" s="7" t="s">
-        <v>29</v>
+        <v>40</v>
       </c>
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
         <v>38</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>59</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>