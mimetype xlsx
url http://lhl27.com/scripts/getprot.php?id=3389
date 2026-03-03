--- v0 (2025-12-08)
+++ v1 (2026-03-03)
@@ -123,54 +123,54 @@
   <si>
     <t>25:13</t>
   </si>
   <si>
     <t>Юрченко Константин</t>
   </si>
   <si>
     <t>28:51</t>
   </si>
   <si>
     <t>Гамей Александр</t>
   </si>
   <si>
     <t>34:08</t>
   </si>
   <si>
     <t>Царегородцев Сергей</t>
   </si>
   <si>
     <t>Сизиков Михаил</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
+    <t>Иокша Александр</t>
+  </si>
+  <si>
     <t>Казимирчук Александр</t>
-  </si>
-[...1 lines deleted...]
-    <t>Иокша Александр</t>
   </si>
   <si>
     <t>Шерстнев Виталий</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Крылья Востока»</t>
   </si>
   <si>
     <t>Кочубей Дмитрий</t>
   </si>
   <si>
     <t>04:54</t>
   </si>
   <si>
     <t>Боровиков Виталий</t>
   </si>