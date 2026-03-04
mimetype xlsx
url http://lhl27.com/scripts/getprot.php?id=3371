--- v0 (2025-12-10)
+++ v1 (2026-03-04)
@@ -186,57 +186,57 @@
   <si>
     <t>20:58</t>
   </si>
   <si>
     <t>19:33</t>
   </si>
   <si>
     <t>Кокарев Петр</t>
   </si>
   <si>
     <t>29:16</t>
   </si>
   <si>
     <t>33:52</t>
   </si>
   <si>
     <t>Тараненко Петр</t>
   </si>
   <si>
     <t>34:48</t>
   </si>
   <si>
     <t>44:39</t>
   </si>
   <si>
+    <t>Пилипенко Александр</t>
+  </si>
+  <si>
+    <t>37:27</t>
+  </si>
+  <si>
     <t>Ледовский Вячеслав</t>
-  </si>
-[...4 lines deleted...]
-    <t>Пилипенко Александр</t>
   </si>
   <si>
     <t>ПВ</t>
   </si>
   <si>
     <t>44:46</t>
   </si>
   <si>
     <t>Акшонов Игорь</t>
   </si>
   <si>
     <t>Абрамов Алексей</t>
   </si>
   <si>
     <t>Колбин Валерий</t>
   </si>
   <si>
     <t>Саломатин Дмитрий</t>
   </si>
   <si>
     <t>Барашиков Денис</t>
   </si>
   <si>
     <t>Пахолюк Вячеслав</t>
   </si>
@@ -1807,88 +1807,88 @@
       </c>
       <c r="O33" s="7">
         <v>29</v>
       </c>
       <c r="P33" s="7">
         <v>2</v>
       </c>
       <c r="Q33" s="7">
         <v>2</v>
       </c>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
         <v>7</v>
       </c>
       <c r="B34" s="12" t="s">
         <v>56</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
       <c r="G34" s="7" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="H34" s="7">
         <v>5</v>
       </c>
       <c r="I34" s="7"/>
       <c r="J34" s="7" t="s">
         <v>57</v>
       </c>
       <c r="K34" s="7">
         <v>17</v>
       </c>
       <c r="L34" s="7">
         <v>0</v>
       </c>
       <c r="M34" s="7">
         <v>0</v>
       </c>
       <c r="N34" s="7"/>
       <c r="O34" s="7"/>
       <c r="P34" s="7"/>
       <c r="Q34" s="7"/>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
         <v>7</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>58</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>
       <c r="G35" s="7" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="H35" s="7">
         <v>6</v>
       </c>
       <c r="I35" s="7" t="s">
         <v>59</v>
       </c>
       <c r="J35" s="7" t="s">
         <v>60</v>
       </c>
       <c r="K35" s="7">
         <v>51</v>
       </c>
       <c r="L35" s="7">
         <v>13</v>
       </c>
       <c r="M35" s="7">
         <v>0</v>
       </c>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>