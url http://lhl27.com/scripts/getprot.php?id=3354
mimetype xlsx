--- v0 (2026-03-05)
+++ v1 (2026-03-06)
@@ -126,54 +126,54 @@
   <si>
     <t>43:05</t>
   </si>
   <si>
     <t>Лопухов Егор</t>
   </si>
   <si>
     <t>Полещук Сергей</t>
   </si>
   <si>
     <t>Поздняков Герман</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Абросимов Александр</t>
   </si>
   <si>
     <t>Гаврилюк Максим</t>
   </si>
   <si>
     <t>Родькин Сергей</t>
   </si>
   <si>
+    <t>Феденович Александр</t>
+  </si>
+  <si>
     <t>Филипчук Анатолий</t>
-  </si>
-[...1 lines deleted...]
-    <t>Феденович Александр</t>
   </si>
   <si>
     <t>Стасюкевич Никита</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Фины»</t>
   </si>
   <si>
     <t>Горохов Захар</t>
   </si>
   <si>
     <t>3:23</t>
   </si>
   <si>
     <t>13:47</t>
   </si>