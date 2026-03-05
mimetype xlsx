--- v0 (2025-12-10)
+++ v1 (2026-03-05)
@@ -126,56 +126,56 @@
   <si>
     <t>34-25</t>
   </si>
   <si>
     <t>Буханцев Сергей</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>ПБ</t>
   </si>
   <si>
     <t>45-00</t>
   </si>
   <si>
     <t>37-23</t>
   </si>
   <si>
     <t>Колупаев Никита</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
+    <t>Дылев Максим</t>
+  </si>
+  <si>
     <t>Кочетыгов Виктор</t>
   </si>
   <si>
-    <t>Дылев Максим</t>
-[...1 lines deleted...]
-  <si>
     <t>Власов Дмитрий</t>
   </si>
   <si>
     <t>Трибушевский Семен</t>
   </si>
   <si>
     <t>Цепляев Юрий</t>
   </si>
   <si>
     <t>Московцев Сергей</t>
   </si>
   <si>
     <t>Кузнецов Владислав</t>
   </si>
   <si>
     <t>Воротняк Артем</t>
   </si>
   <si>
     <t>Беззубцев Александр</t>
   </si>
   <si>
     <t>Лошкович Андрей</t>
   </si>
   <si>
     <t>Киркалов Михаил</t>
@@ -234,54 +234,54 @@
   <si>
     <t>43-00</t>
   </si>
   <si>
     <t>Солоха Виктор</t>
   </si>
   <si>
     <t>Баранов Кирилл</t>
   </si>
   <si>
     <t>Иванов Александр</t>
   </si>
   <si>
     <t>Непомнящий Виталий</t>
   </si>
   <si>
     <t>Шип Дмитрий</t>
   </si>
   <si>
     <t>Ермаков Дмитрий</t>
   </si>
   <si>
     <t>Ананин Сергей</t>
   </si>
   <si>
+    <t>Грудинин Константин</t>
+  </si>
+  <si>
     <t>Гончаров Иван</t>
-  </si>
-[...1 lines deleted...]
-    <t>Грудинин Константин</t>
   </si>
   <si>
     <t>Треяль Виталий</t>
   </si>
   <si>
     <t>Харченко Дмитрий</t>
   </si>
   <si>
     <t>Виноградов Томас</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
   <si>
     <t>Растворцев Евгений</t>
   </si>
   <si>
     <t>Ермаков Данила</t>
   </si>
@@ -1118,78 +1118,78 @@
       <c r="H8" s="6"/>
       <c r="I8" s="6"/>
       <c r="J8" s="6"/>
       <c r="K8" s="6"/>
       <c r="L8" s="6"/>
       <c r="M8" s="8"/>
       <c r="N8" s="6"/>
       <c r="O8" s="6"/>
       <c r="P8" s="6"/>
       <c r="Q8" s="6"/>
       <c r="R8" s="6"/>
       <c r="S8" s="6"/>
     </row>
     <row r="9" spans="1:19">
       <c r="A9" s="5">
         <v>24</v>
       </c>
       <c r="B9" s="12" t="s">
         <v>36</v>
       </c>
       <c r="C9" s="13"/>
       <c r="D9" s="13"/>
       <c r="E9" s="13"/>
       <c r="F9" s="14"/>
       <c r="G9" s="5" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="6"/>
       <c r="J9" s="6"/>
       <c r="K9" s="6"/>
       <c r="L9" s="6"/>
       <c r="M9" s="8"/>
       <c r="N9" s="6"/>
       <c r="O9" s="6"/>
       <c r="P9" s="6"/>
       <c r="Q9" s="6"/>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" s="5">
         <v>24</v>
       </c>
       <c r="B10" s="12" t="s">
         <v>37</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="14"/>
       <c r="G10" s="5" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
       <c r="M10" s="8"/>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="5">
         <v>27</v>
       </c>
       <c r="B11" s="12" t="s">
         <v>38</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
@@ -2094,78 +2094,78 @@
       <c r="H42" s="7"/>
       <c r="I42" s="7"/>
       <c r="J42" s="7"/>
       <c r="K42" s="7"/>
       <c r="L42" s="7"/>
       <c r="M42" s="7"/>
       <c r="N42" s="7"/>
       <c r="O42" s="7"/>
       <c r="P42" s="7"/>
       <c r="Q42" s="7"/>
       <c r="R42" s="7"/>
       <c r="S42" s="7"/>
     </row>
     <row r="43" spans="1:19">
       <c r="A43" s="7">
         <v>85</v>
       </c>
       <c r="B43" s="12" t="s">
         <v>72</v>
       </c>
       <c r="C43" s="13"/>
       <c r="D43" s="13"/>
       <c r="E43" s="13"/>
       <c r="F43" s="14"/>
       <c r="G43" s="7" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="H43" s="7"/>
       <c r="I43" s="7"/>
       <c r="J43" s="7"/>
       <c r="K43" s="7"/>
       <c r="L43" s="7"/>
       <c r="M43" s="7"/>
       <c r="N43" s="7"/>
       <c r="O43" s="7"/>
       <c r="P43" s="7"/>
       <c r="Q43" s="7"/>
       <c r="R43" s="7"/>
       <c r="S43" s="7"/>
     </row>
     <row r="44" spans="1:19">
       <c r="A44" s="7">
         <v>85</v>
       </c>
       <c r="B44" s="12" t="s">
         <v>73</v>
       </c>
       <c r="C44" s="13"/>
       <c r="D44" s="13"/>
       <c r="E44" s="13"/>
       <c r="F44" s="14"/>
       <c r="G44" s="7" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="H44" s="7"/>
       <c r="I44" s="7"/>
       <c r="J44" s="7"/>
       <c r="K44" s="7"/>
       <c r="L44" s="7"/>
       <c r="M44" s="7"/>
       <c r="N44" s="7"/>
       <c r="O44" s="7"/>
       <c r="P44" s="7"/>
       <c r="Q44" s="7"/>
       <c r="R44" s="7"/>
       <c r="S44" s="7"/>
     </row>
     <row r="45" spans="1:19">
       <c r="A45" s="7">
         <v>90</v>
       </c>
       <c r="B45" s="12" t="s">
         <v>74</v>
       </c>
       <c r="C45" s="13"/>
       <c r="D45" s="13"/>
       <c r="E45" s="13"/>
       <c r="F45" s="14"/>