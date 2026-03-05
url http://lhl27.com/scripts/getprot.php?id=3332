--- v0 (2025-12-08)
+++ v1 (2026-03-05)
@@ -135,54 +135,54 @@
   <si>
     <t>Вяткин Алексей</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>12:39</t>
   </si>
   <si>
     <t>Куделин Никита</t>
   </si>
   <si>
     <t>32:41</t>
   </si>
   <si>
     <t>Махлепов Алексей</t>
   </si>
   <si>
     <t>40:13</t>
   </si>
   <si>
     <t>Калашников Валерий</t>
   </si>
   <si>
+    <t>Болибрух Иван</t>
+  </si>
+  <si>
     <t>Зайков Роман</t>
-  </si>
-[...1 lines deleted...]
-    <t>Болибрух Иван</t>
   </si>
   <si>
     <t>Алексанян Сергей</t>
   </si>
   <si>
     <t>Уральский Павел</t>
   </si>
   <si>
     <t>Вдовенко Андрей</t>
   </si>
   <si>
     <t>Новоселов Егор</t>
   </si>
   <si>
     <t>Писарь Алексей</t>
   </si>
   <si>
     <t>Козуб Антон</t>
   </si>
   <si>
     <t>Иванисов Александр</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>