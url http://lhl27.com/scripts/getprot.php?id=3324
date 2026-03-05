--- v0 (2025-12-06)
+++ v1 (2026-03-05)
@@ -192,57 +192,57 @@
   <si>
     <t>31-15</t>
   </si>
   <si>
     <t>Голощапов Николай</t>
   </si>
   <si>
     <t>34-46</t>
   </si>
   <si>
     <t>39-32</t>
   </si>
   <si>
     <t>Нестеров Виталий</t>
   </si>
   <si>
     <t>35-58</t>
   </si>
   <si>
     <t>42-45</t>
   </si>
   <si>
     <t>Шершнев Андрей</t>
   </si>
   <si>
+    <t>Назаров Дмитрий</t>
+  </si>
+  <si>
+    <t>Зщ</t>
+  </si>
+  <si>
     <t>Лопухов Егор</t>
-  </si>
-[...4 lines deleted...]
-    <t>Зщ</t>
   </si>
   <si>
     <t>Поздняков Герман</t>
   </si>
   <si>
     <t>Гаврилюк Максим</t>
   </si>
   <si>
     <t>Филипчук Анатолий</t>
   </si>
   <si>
     <t>Феденович Александр</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
   <si>
     <t>Чайка Максим</t>
   </si>
@@ -1846,132 +1846,132 @@
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
         <v>19</v>
       </c>
       <c r="B36" s="12" t="s">
         <v>58</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>
       <c r="G36" s="7" t="s">
-        <v>22</v>
+        <v>59</v>
       </c>
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
         <v>19</v>
       </c>
       <c r="B37" s="12" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
       <c r="G37" s="7" t="s">
-        <v>60</v>
+        <v>22</v>
       </c>
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
         <v>63</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>61</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
       <c r="G38" s="7" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
         <v>70</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>62</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>
       <c r="G39" s="7" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
       <c r="L39" s="7"/>
       <c r="M39" s="7"/>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
       <c r="Q39" s="7"/>
       <c r="R39" s="7"/>
       <c r="S39" s="7"/>
     </row>
     <row r="40" spans="1:19">
       <c r="A40" s="7">
         <v>86</v>
       </c>
       <c r="B40" s="12" t="s">
         <v>63</v>
       </c>
       <c r="C40" s="13"/>
       <c r="D40" s="13"/>
       <c r="E40" s="13"/>
       <c r="F40" s="14"/>