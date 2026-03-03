--- v0 (2025-12-09)
+++ v1 (2026-03-03)
@@ -138,62 +138,62 @@
   <si>
     <t>Долгалев Роман</t>
   </si>
   <si>
     <t>Кулик Александр</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>44-55</t>
   </si>
   <si>
     <t>Хитров Владислав</t>
   </si>
   <si>
     <t>Тамашевский Дмитрий</t>
   </si>
   <si>
     <t>Попов Евгений</t>
   </si>
   <si>
     <t>Евсеев Андрей</t>
   </si>
   <si>
+    <t>Франц Роман</t>
+  </si>
+  <si>
     <t>Голубев Сергей</t>
   </si>
   <si>
-    <t>Франц Роман</t>
+    <t>Меликов Дмитрий</t>
   </si>
   <si>
     <t>Вырк Евгений</t>
   </si>
   <si>
-    <t>Меликов Дмитрий</t>
-[...1 lines deleted...]
-  <si>
     <t>Ватрушкин Александр</t>
   </si>
   <si>
     <t>Логинов Сергей</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Ермак»</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>+1</t>
   </si>
   <si>
     <t>11-10</t>
   </si>
   <si>
     <t>12-35</t>
@@ -201,57 +201,57 @@
   <si>
     <t>Петелькин Антон</t>
   </si>
   <si>
     <t>17-15</t>
   </si>
   <si>
     <t>Шабала Денис</t>
   </si>
   <si>
     <t>19-28</t>
   </si>
   <si>
     <t>Харченко Михаил</t>
   </si>
   <si>
     <t>Иконников Филипп</t>
   </si>
   <si>
     <t>Русинов Денис</t>
   </si>
   <si>
     <t>23-33</t>
   </si>
   <si>
+    <t>Молчанов Сергей</t>
+  </si>
+  <si>
+    <t>43-12</t>
+  </si>
+  <si>
     <t>Христинин Константин</t>
-  </si>
-[...4 lines deleted...]
-    <t>Молчанов Сергей</t>
   </si>
   <si>
     <t>44-15</t>
   </si>
   <si>
     <t>Астахов Олег</t>
   </si>
   <si>
     <t>Черепанов Вячеслав</t>
   </si>
   <si>
     <t>Борячёк Сергей</t>
   </si>
   <si>
     <t>Можаев Владимир</t>
   </si>
   <si>
     <t>Скрынник Евгений</t>
   </si>
   <si>
     <t>Лебедев Евгений</t>
   </si>
   <si>
     <t>Карамышев Николай</t>
   </si>
@@ -1268,132 +1268,132 @@
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5">
         <v>72</v>
       </c>
       <c r="B15" s="12" t="s">
         <v>40</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>
       <c r="G15" s="5" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
       <c r="K15" s="6"/>
       <c r="L15" s="6"/>
       <c r="M15" s="8"/>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
       <c r="P15" s="6"/>
       <c r="Q15" s="6"/>
       <c r="R15" s="6"/>
       <c r="S15" s="6"/>
     </row>
     <row r="16" spans="1:19">
       <c r="A16" s="5">
         <v>72</v>
       </c>
       <c r="B16" s="12" t="s">
         <v>41</v>
       </c>
       <c r="C16" s="13"/>
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
       <c r="F16" s="14"/>
       <c r="G16" s="5" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
       <c r="K16" s="6"/>
       <c r="L16" s="6"/>
       <c r="M16" s="8"/>
       <c r="N16" s="6"/>
       <c r="O16" s="6"/>
       <c r="P16" s="6"/>
       <c r="Q16" s="6"/>
       <c r="R16" s="6"/>
       <c r="S16" s="6"/>
     </row>
     <row r="17" spans="1:19">
       <c r="A17" s="5">
         <v>84</v>
       </c>
       <c r="B17" s="12" t="s">
         <v>42</v>
       </c>
       <c r="C17" s="13"/>
       <c r="D17" s="13"/>
       <c r="E17" s="13"/>
       <c r="F17" s="14"/>
       <c r="G17" s="5" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
       <c r="M17" s="8"/>
       <c r="N17" s="6"/>
       <c r="O17" s="6"/>
       <c r="P17" s="6"/>
       <c r="Q17" s="6"/>
       <c r="R17" s="6"/>
       <c r="S17" s="6"/>
     </row>
     <row r="18" spans="1:19">
       <c r="A18" s="5">
         <v>84</v>
       </c>
       <c r="B18" s="12" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="13"/>
       <c r="D18" s="13"/>
       <c r="E18" s="13"/>
       <c r="F18" s="14"/>
       <c r="G18" s="5" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="H18" s="6"/>
       <c r="I18" s="6"/>
       <c r="J18" s="6"/>
       <c r="K18" s="6"/>
       <c r="L18" s="6"/>
       <c r="M18" s="8"/>
       <c r="N18" s="6"/>
       <c r="O18" s="6"/>
       <c r="P18" s="6"/>
       <c r="Q18" s="6"/>
       <c r="R18" s="6"/>
       <c r="S18" s="6"/>
     </row>
     <row r="19" spans="1:19">
       <c r="A19" s="5">
         <v>85</v>
       </c>
       <c r="B19" s="12" t="s">
         <v>44</v>
       </c>
       <c r="C19" s="13"/>
       <c r="D19" s="13"/>
       <c r="E19" s="13"/>
       <c r="F19" s="14"/>
@@ -1897,84 +1897,84 @@
       </c>
       <c r="O35" s="7">
         <v>77</v>
       </c>
       <c r="P35" s="7">
         <v>2</v>
       </c>
       <c r="Q35" s="7">
         <v>13</v>
       </c>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
         <v>22</v>
       </c>
       <c r="B36" s="12" t="s">
         <v>61</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>
       <c r="G36" s="7" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7" t="s">
         <v>62</v>
       </c>
       <c r="O36" s="7"/>
       <c r="P36" s="7">
         <v>2</v>
       </c>
       <c r="Q36" s="7">
         <v>5</v>
       </c>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
         <v>22</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>63</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
       <c r="G37" s="7" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7" t="s">
         <v>64</v>
       </c>
       <c r="O37" s="7">
         <v>14</v>
       </c>
       <c r="P37" s="7">
         <v>2</v>
       </c>
       <c r="Q37" s="7">
         <v>9</v>
       </c>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
         <v>29</v>