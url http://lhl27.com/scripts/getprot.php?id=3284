--- v0 (2025-12-07)
+++ v1 (2026-03-05)
@@ -159,69 +159,69 @@
   <si>
     <t>Деев Дмитрий</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Регул»</t>
   </si>
   <si>
     <t>Брюханов Артем</t>
   </si>
   <si>
     <t>+1</t>
   </si>
   <si>
     <t>12:26</t>
   </si>
   <si>
     <t>18:52</t>
   </si>
   <si>
+    <t>Дрокин Павел</t>
+  </si>
+  <si>
+    <t>24:01</t>
+  </si>
+  <si>
+    <t>40:30</t>
+  </si>
+  <si>
     <t>Оселедец Станислав</t>
   </si>
   <si>
-    <t>24:01</t>
-[...2 lines deleted...]
-    <t>40:30</t>
+    <t>27:57</t>
+  </si>
+  <si>
+    <t>40:45</t>
   </si>
   <si>
     <t>Юдин Виталий</t>
-  </si>
-[...7 lines deleted...]
-    <t>Дрокин Павел</t>
   </si>
   <si>
     <t>36:00</t>
   </si>
   <si>
     <t>Махлепов Алексей</t>
   </si>
   <si>
     <t>38:34</t>
   </si>
   <si>
     <t>Тишков Николай</t>
   </si>
   <si>
     <t>Тишков Иван</t>
   </si>
   <si>
     <t>Калашников Валерий</t>
   </si>
   <si>
     <t>Зайков Роман</t>
   </si>
   <si>
     <t>Алексанян Сергей</t>
   </si>
@@ -1646,143 +1646,143 @@
       </c>
       <c r="O30" s="7">
         <v>3</v>
       </c>
       <c r="P30" s="7">
         <v>2</v>
       </c>
       <c r="Q30" s="7">
         <v>5</v>
       </c>
       <c r="R30" s="7"/>
       <c r="S30" s="7"/>
     </row>
     <row r="31" spans="1:19">
       <c r="A31" s="7">
         <v>3</v>
       </c>
       <c r="B31" s="12" t="s">
         <v>47</v>
       </c>
       <c r="C31" s="13"/>
       <c r="D31" s="13"/>
       <c r="E31" s="13"/>
       <c r="F31" s="14"/>
       <c r="G31" s="7" t="s">
-        <v>30</v>
+        <v>22</v>
       </c>
       <c r="H31" s="7">
         <v>2</v>
       </c>
       <c r="I31" s="7"/>
       <c r="J31" s="7" t="s">
         <v>48</v>
       </c>
       <c r="K31" s="7">
         <v>99</v>
       </c>
       <c r="L31" s="7">
         <v>17</v>
       </c>
       <c r="M31" s="7">
         <v>16</v>
       </c>
       <c r="N31" s="7" t="s">
         <v>49</v>
       </c>
       <c r="O31" s="7">
         <v>33</v>
       </c>
       <c r="P31" s="7">
         <v>2</v>
       </c>
       <c r="Q31" s="7">
         <v>5</v>
       </c>
       <c r="R31" s="7"/>
       <c r="S31" s="7"/>
     </row>
     <row r="32" spans="1:19">
       <c r="A32" s="7">
         <v>3</v>
       </c>
       <c r="B32" s="12" t="s">
         <v>50</v>
       </c>
       <c r="C32" s="13"/>
       <c r="D32" s="13"/>
       <c r="E32" s="13"/>
       <c r="F32" s="14"/>
       <c r="G32" s="7" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="H32" s="7">
         <v>3</v>
       </c>
       <c r="I32" s="7" t="s">
         <v>44</v>
       </c>
       <c r="J32" s="7" t="s">
         <v>51</v>
       </c>
       <c r="K32" s="7">
         <v>13</v>
       </c>
       <c r="L32" s="7">
         <v>38</v>
       </c>
       <c r="M32" s="7">
         <v>16</v>
       </c>
       <c r="N32" s="7" t="s">
         <v>52</v>
       </c>
       <c r="O32" s="7">
         <v>21</v>
       </c>
       <c r="P32" s="7">
         <v>2</v>
       </c>
       <c r="Q32" s="7">
         <v>9</v>
       </c>
       <c r="R32" s="7"/>
       <c r="S32" s="7"/>
     </row>
     <row r="33" spans="1:19">
       <c r="A33" s="7">
         <v>3</v>
       </c>
       <c r="B33" s="12" t="s">
         <v>53</v>
       </c>
       <c r="C33" s="13"/>
       <c r="D33" s="13"/>
       <c r="E33" s="13"/>
       <c r="F33" s="14"/>
       <c r="G33" s="7" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="H33" s="7">
         <v>4</v>
       </c>
       <c r="I33" s="7"/>
       <c r="J33" s="7" t="s">
         <v>54</v>
       </c>
       <c r="K33" s="7">
         <v>17</v>
       </c>
       <c r="L33" s="7">
         <v>99</v>
       </c>
       <c r="M33" s="7">
         <v>0</v>
       </c>
       <c r="N33" s="7" t="s">
         <v>32</v>
       </c>
       <c r="O33" s="7">
         <v>3</v>
       </c>
       <c r="P33" s="7">
         <v>2</v>