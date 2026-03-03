--- v0 (2025-12-06)
+++ v1 (2026-03-03)
@@ -1089,51 +1089,51 @@
     </row>
     <row r="8" spans="1:19">
       <c r="A8" s="5">
         <v>28</v>
       </c>
       <c r="B8" s="12" t="s">
         <v>31</v>
       </c>
       <c r="C8" s="13"/>
       <c r="D8" s="13"/>
       <c r="E8" s="13"/>
       <c r="F8" s="14"/>
       <c r="G8" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="6"/>
       <c r="J8" s="6"/>
       <c r="K8" s="6"/>
       <c r="L8" s="6"/>
       <c r="M8" s="8"/>
       <c r="N8" s="6" t="s">
         <v>32</v>
       </c>
       <c r="O8" s="6">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="P8" s="6">
         <v>2</v>
       </c>
       <c r="Q8" s="6">
         <v>13</v>
       </c>
       <c r="R8" s="6"/>
       <c r="S8" s="6"/>
     </row>
     <row r="9" spans="1:19">
       <c r="A9" s="5">
         <v>37</v>
       </c>
       <c r="B9" s="12" t="s">
         <v>33</v>
       </c>
       <c r="C9" s="13"/>
       <c r="D9" s="13"/>
       <c r="E9" s="13"/>
       <c r="F9" s="14"/>
       <c r="G9" s="5" t="s">
         <v>26</v>
       </c>
       <c r="H9" s="6"/>
@@ -1350,51 +1350,51 @@
       <c r="B16" s="12" t="s">
         <v>42</v>
       </c>
       <c r="C16" s="13"/>
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
       <c r="F16" s="14"/>
       <c r="G16" s="5" t="s">
         <v>26</v>
       </c>
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
       <c r="K16" s="6"/>
       <c r="L16" s="6"/>
       <c r="M16" s="8"/>
       <c r="N16" s="6"/>
       <c r="O16" s="6"/>
       <c r="P16" s="6"/>
       <c r="Q16" s="6"/>
       <c r="R16" s="6"/>
       <c r="S16" s="6"/>
     </row>
     <row r="17" spans="1:19">
       <c r="A17" s="5">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="B17" s="12" t="s">
         <v>43</v>
       </c>
       <c r="C17" s="13"/>
       <c r="D17" s="13"/>
       <c r="E17" s="13"/>
       <c r="F17" s="14"/>
       <c r="G17" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
       <c r="M17" s="8"/>
       <c r="N17" s="6"/>
       <c r="O17" s="6"/>
       <c r="P17" s="6"/>
       <c r="Q17" s="6"/>
       <c r="R17" s="6"/>
       <c r="S17" s="6"/>
     </row>
     <row r="18" spans="1:19">