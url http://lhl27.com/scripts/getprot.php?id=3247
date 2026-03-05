--- v0 (2025-12-07)
+++ v1 (2026-03-05)
@@ -135,54 +135,54 @@
   <si>
     <t>37-40</t>
   </si>
   <si>
     <t>Жилин Николай</t>
   </si>
   <si>
     <t>Ермаков Евгений</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>Сапунков Руслан</t>
   </si>
   <si>
     <t>Матвеев Владислав</t>
   </si>
   <si>
     <t>Юньков Александр</t>
   </si>
   <si>
     <t>Катько Андрей</t>
   </si>
   <si>
+    <t>Бабенко Лев</t>
+  </si>
+  <si>
     <t>Клевцов Данил</t>
-  </si>
-[...1 lines deleted...]
-    <t>Бабенко Лев</t>
   </si>
   <si>
     <t>Алексеев Алексей</t>
   </si>
   <si>
     <t>Путин Евгений</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Лидер»</t>
   </si>
   <si>
     <t>Храпак Константин</t>
   </si>
   <si>
     <t>1-15</t>
   </si>
   <si>
     <t>6-30</t>
   </si>
@@ -1918,51 +1918,51 @@
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
         <v>29</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>61</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
       <c r="G38" s="7" t="s">
-        <v>34</v>
+        <v>27</v>
       </c>
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
         <v>31</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>62</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>