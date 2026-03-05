--- v0 (2025-12-06)
+++ v1 (2026-03-05)
@@ -111,60 +111,60 @@
   <si>
     <t>01-15</t>
   </si>
   <si>
     <t>10-10</t>
   </si>
   <si>
     <t>02-01</t>
   </si>
   <si>
     <t>Ефремов Дмитрий</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>+1</t>
   </si>
   <si>
     <t>28-40</t>
   </si>
   <si>
     <t>22-25</t>
   </si>
   <si>
+    <t>Подкопаев Филипп</t>
+  </si>
+  <si>
+    <t>Нп</t>
+  </si>
+  <si>
+    <t>30-20</t>
+  </si>
+  <si>
     <t>Маковецкий Виктор</t>
-  </si>
-[...7 lines deleted...]
-    <t>Подкопаев Филипп</t>
   </si>
   <si>
     <t>31-20</t>
   </si>
   <si>
     <t>Зелинский Владислав</t>
   </si>
   <si>
     <t>42-50</t>
   </si>
   <si>
     <t>Пилюгин Дмитрий</t>
   </si>
   <si>
     <t>44-55</t>
   </si>
   <si>
     <t>Заморозов Владимир</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Капунов Евгений</t>
   </si>