--- v0 (2025-12-10)
+++ v1 (2026-03-05)
@@ -120,54 +120,54 @@
   <si>
     <t>33:48</t>
   </si>
   <si>
     <t>19:55</t>
   </si>
   <si>
     <t>Колодий Михаил</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>40:30</t>
   </si>
   <si>
     <t>Соловьев Роман</t>
   </si>
   <si>
     <t>41:30</t>
   </si>
   <si>
     <t>Луц Виктор</t>
   </si>
   <si>
+    <t>Вр</t>
+  </si>
+  <si>
     <t>Богомолов Вячеслав</t>
-  </si>
-[...1 lines deleted...]
-    <t>Вр</t>
   </si>
   <si>
     <t>Меньшов Константин</t>
   </si>
   <si>
     <t>Мерк Иван</t>
   </si>
   <si>
     <t>Радинский Егор</t>
   </si>
   <si>
     <t>Сычугов Роман</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Лекси»</t>
   </si>
   <si>
     <t>Шмаин Илья</t>
   </si>
@@ -1068,78 +1068,78 @@
       <c r="L8" s="6">
         <v>88</v>
       </c>
       <c r="M8" s="8">
         <v>0</v>
       </c>
       <c r="N8" s="6"/>
       <c r="O8" s="6"/>
       <c r="P8" s="6"/>
       <c r="Q8" s="6"/>
       <c r="R8" s="6"/>
       <c r="S8" s="6"/>
     </row>
     <row r="9" spans="1:19">
       <c r="A9" s="5">
         <v>29</v>
       </c>
       <c r="B9" s="12" t="s">
         <v>33</v>
       </c>
       <c r="C9" s="13"/>
       <c r="D9" s="13"/>
       <c r="E9" s="13"/>
       <c r="F9" s="14"/>
       <c r="G9" s="5" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="6"/>
       <c r="J9" s="6"/>
       <c r="K9" s="6"/>
       <c r="L9" s="6"/>
       <c r="M9" s="8"/>
       <c r="N9" s="6"/>
       <c r="O9" s="6"/>
       <c r="P9" s="6"/>
       <c r="Q9" s="6"/>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" s="5">
         <v>31</v>
       </c>
       <c r="B10" s="12" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="14"/>
       <c r="G10" s="5" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
       <c r="M10" s="8"/>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="5">
         <v>42</v>
       </c>
       <c r="B11" s="12" t="s">
         <v>36</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
@@ -1585,88 +1585,88 @@
       <c r="P29" s="7" t="s">
         <v>17</v>
       </c>
       <c r="Q29" s="7" t="s">
         <v>18</v>
       </c>
       <c r="R29" s="7" t="s">
         <v>19</v>
       </c>
       <c r="S29" s="7" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="30" spans="1:19">
       <c r="A30" s="7">
         <v>1</v>
       </c>
       <c r="B30" s="12" t="s">
         <v>43</v>
       </c>
       <c r="C30" s="13"/>
       <c r="D30" s="13"/>
       <c r="E30" s="13"/>
       <c r="F30" s="14"/>
       <c r="G30" s="7" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="H30" s="7">
         <v>1</v>
       </c>
       <c r="I30" s="7"/>
       <c r="J30" s="7" t="s">
         <v>44</v>
       </c>
       <c r="K30" s="7">
         <v>95</v>
       </c>
       <c r="L30" s="7">
         <v>88</v>
       </c>
       <c r="M30" s="7">
         <v>0</v>
       </c>
       <c r="N30" s="7"/>
       <c r="O30" s="7"/>
       <c r="P30" s="7"/>
       <c r="Q30" s="7"/>
       <c r="R30" s="7"/>
       <c r="S30" s="7"/>
     </row>
     <row r="31" spans="1:19">
       <c r="A31" s="7">
         <v>1</v>
       </c>
       <c r="B31" s="12" t="s">
         <v>45</v>
       </c>
       <c r="C31" s="13"/>
       <c r="D31" s="13"/>
       <c r="E31" s="13"/>
       <c r="F31" s="14"/>
       <c r="G31" s="7" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="H31" s="7">
         <v>2</v>
       </c>
       <c r="I31" s="7"/>
       <c r="J31" s="7" t="s">
         <v>46</v>
       </c>
       <c r="K31" s="7">
         <v>88</v>
       </c>
       <c r="L31" s="7">
         <v>95</v>
       </c>
       <c r="M31" s="7">
         <v>0</v>
       </c>
       <c r="N31" s="7"/>
       <c r="O31" s="7"/>
       <c r="P31" s="7"/>
       <c r="Q31" s="7"/>
       <c r="R31" s="7"/>
       <c r="S31" s="7"/>
     </row>
     <row r="32" spans="1:19">