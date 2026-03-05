--- v0 (2025-12-06)
+++ v1 (2026-03-05)
@@ -195,54 +195,54 @@
   <si>
     <t>Команда « Б » «Медведи»</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>18-00</t>
   </si>
   <si>
     <t>20-11</t>
   </si>
   <si>
     <t>38-00</t>
   </si>
   <si>
     <t>25-00</t>
   </si>
   <si>
     <t>Чу Артур</t>
   </si>
   <si>
     <t>Троценко Антон</t>
   </si>
   <si>
+    <t>Лубков Дмитрий</t>
+  </si>
+  <si>
     <t>Борисов Егор</t>
-  </si>
-[...1 lines deleted...]
-    <t>Лубков Дмитрий</t>
   </si>
   <si>
     <t>Чайка Роман</t>
   </si>
   <si>
     <t>Чечурин Максим</t>
   </si>
   <si>
     <t>Медведев Дмитрий</t>
   </si>
   <si>
     <t>Севостьянов Александр</t>
   </si>
   <si>
     <t>Афанасьев Михаил</t>
   </si>
   <si>
     <t>Беспалов Евгений</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>