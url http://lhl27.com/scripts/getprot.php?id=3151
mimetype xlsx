--- v0 (2025-12-06)
+++ v1 (2026-03-04)
@@ -105,57 +105,57 @@
   <si>
     <t>Ищенко Павел</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>05-23</t>
   </si>
   <si>
     <t>Доровский Никита</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>07-01</t>
   </si>
   <si>
     <t>Коровин Антон</t>
   </si>
   <si>
     <t>13-41</t>
   </si>
   <si>
+    <t>Голощапов Николай</t>
+  </si>
+  <si>
+    <t>29-26</t>
+  </si>
+  <si>
     <t>Нестеров Виталий</t>
-  </si>
-[...4 lines deleted...]
-    <t>Голощапов Николай</t>
   </si>
   <si>
     <t>Шершнев Андрей</t>
   </si>
   <si>
     <t>Лопухов Егор</t>
   </si>
   <si>
     <t>Назаров Дмитрий</t>
   </si>
   <si>
     <t>Коваленко Петр</t>
   </si>
   <si>
     <t>Полещук Сергей</t>
   </si>
   <si>
     <t>Поздняков Герман</t>
   </si>
   <si>
     <t>Абросимов Александр</t>
   </si>
   <si>
     <t>Гаврилюк Максим</t>
   </si>