--- v0 (2025-12-07)
+++ v1 (2026-03-05)
@@ -93,89 +93,89 @@
   <si>
     <t xml:space="preserve">Шт </t>
   </si>
   <si>
     <t>Пр</t>
   </si>
   <si>
     <t>Нач</t>
   </si>
   <si>
     <t>Окон</t>
   </si>
   <si>
     <t>Трубачев Дмитрий</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>06-23</t>
   </si>
   <si>
     <t>14-59</t>
   </si>
   <si>
+    <t>Мелихов Алексей</t>
+  </si>
+  <si>
+    <t>42-56</t>
+  </si>
+  <si>
+    <t>42-35</t>
+  </si>
+  <si>
     <t>Рязанский Артем</t>
   </si>
   <si>
-    <t>42-56</t>
-[...7 lines deleted...]
-  <si>
     <t>44-36</t>
   </si>
   <si>
     <t>Волошин Глеб</t>
   </si>
   <si>
     <t>Савочкин Роман</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Коротич Алексей</t>
   </si>
   <si>
     <t>Шкуро Роман</t>
   </si>
   <si>
+    <t>Маслаков Андрей</t>
+  </si>
+  <si>
+    <t>Вр</t>
+  </si>
+  <si>
     <t>Копылов Станислав</t>
   </si>
   <si>
-    <t>Маслаков Андрей</t>
-[...4 lines deleted...]
-  <si>
     <t>Симонов Вадим</t>
   </si>
   <si>
     <t>Свиридов Илья</t>
   </si>
   <si>
     <t>Першин Ярослав</t>
   </si>
   <si>
     <t>Баськов Денис</t>
   </si>
   <si>
     <t>Растворцев Евгений</t>
   </si>
   <si>
     <t>Махраков Даниил</t>
   </si>
   <si>
     <t>Кувеко Сергей</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
@@ -204,54 +204,54 @@
   <si>
     <t>45-00</t>
   </si>
   <si>
     <t>Повисок Данила</t>
   </si>
   <si>
     <t>Жилин Николай</t>
   </si>
   <si>
     <t>Ермаков Евгений</t>
   </si>
   <si>
     <t>Годун Антон</t>
   </si>
   <si>
     <t>Сапунков Руслан</t>
   </si>
   <si>
     <t>Матвеев Владислав</t>
   </si>
   <si>
     <t>Катько Андрей</t>
   </si>
   <si>
+    <t>Клевцов Данил</t>
+  </si>
+  <si>
     <t>Бабенко Лев</t>
-  </si>
-[...1 lines deleted...]
-    <t>Клевцов Данил</t>
   </si>
   <si>
     <t>Алексеев Алексей</t>
   </si>
   <si>
     <t>Путин Евгений</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="7">
     <font>
       <b val="0"/>
@@ -1152,78 +1152,78 @@
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
       <c r="M11" s="8"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
         <v>35</v>
       </c>
       <c r="B12" s="12" t="s">
         <v>35</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
       <c r="G12" s="5" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
         <v>35</v>
       </c>
       <c r="B13" s="12" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
       <c r="G13" s="5" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
         <v>44</v>
       </c>
       <c r="B14" s="12" t="s">
         <v>38</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
@@ -1706,51 +1706,51 @@
       </c>
       <c r="O31" s="7">
         <v>55</v>
       </c>
       <c r="P31" s="7">
         <v>2</v>
       </c>
       <c r="Q31" s="7">
         <v>19</v>
       </c>
       <c r="R31" s="7"/>
       <c r="S31" s="7"/>
     </row>
     <row r="32" spans="1:19">
       <c r="A32" s="7">
         <v>3</v>
       </c>
       <c r="B32" s="12" t="s">
         <v>52</v>
       </c>
       <c r="C32" s="13"/>
       <c r="D32" s="13"/>
       <c r="E32" s="13"/>
       <c r="F32" s="14"/>
       <c r="G32" s="7" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="H32" s="7">
         <v>3</v>
       </c>
       <c r="I32" s="7" t="s">
         <v>53</v>
       </c>
       <c r="J32" s="7" t="s">
         <v>54</v>
       </c>
       <c r="K32" s="7">
         <v>12</v>
       </c>
       <c r="L32" s="7">
         <v>0</v>
       </c>
       <c r="M32" s="7">
         <v>0</v>
       </c>
       <c r="N32" s="7"/>
       <c r="O32" s="7"/>
       <c r="P32" s="7"/>
       <c r="Q32" s="7"/>
       <c r="R32" s="7"/>
       <c r="S32" s="7"/>