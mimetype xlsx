--- v1 (2026-03-05)
+++ v2 (2026-03-05)
@@ -189,69 +189,69 @@
   <si>
     <t>04-19</t>
   </si>
   <si>
     <t>26-33</t>
   </si>
   <si>
     <t>07-10</t>
   </si>
   <si>
     <t>Никишин Михаил</t>
   </si>
   <si>
     <t>ПБ</t>
   </si>
   <si>
     <t>45-00</t>
   </si>
   <si>
     <t>Повисок Данила</t>
   </si>
   <si>
     <t>Жилин Николай</t>
   </si>
   <si>
+    <t>Годун Антон</t>
+  </si>
+  <si>
     <t>Ермаков Евгений</t>
   </si>
   <si>
-    <t>Годун Антон</t>
-[...1 lines deleted...]
-  <si>
     <t>Сапунков Руслан</t>
   </si>
   <si>
     <t>Матвеев Владислав</t>
   </si>
   <si>
     <t>Катько Андрей</t>
   </si>
   <si>
+    <t>Бабенко Лев</t>
+  </si>
+  <si>
     <t>Клевцов Данил</t>
-  </si>
-[...1 lines deleted...]
-    <t>Бабенко Лев</t>
   </si>
   <si>
     <t>Алексеев Алексей</t>
   </si>
   <si>
     <t>Путин Евгений</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="7">
     <font>
       <b val="0"/>