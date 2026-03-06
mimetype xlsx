--- v0 (2025-12-07)
+++ v1 (2026-03-06)
@@ -114,57 +114,57 @@
   <si>
     <t>4-12</t>
   </si>
   <si>
     <t>Хан Александр</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>8-06</t>
   </si>
   <si>
     <t>Чу Артур</t>
   </si>
   <si>
     <t>8-43</t>
   </si>
   <si>
     <t>Троценко Антон</t>
   </si>
   <si>
     <t>9-59</t>
   </si>
   <si>
+    <t>Борисов Егор</t>
+  </si>
+  <si>
+    <t>16-11</t>
+  </si>
+  <si>
     <t>Лубков Дмитрий</t>
-  </si>
-[...4 lines deleted...]
-    <t>Борисов Егор</t>
   </si>
   <si>
     <t>17-56</t>
   </si>
   <si>
     <t>Бессмертный Сергей</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>20-26</t>
   </si>
   <si>
     <t>Чайка Роман</t>
   </si>
   <si>
     <t>25-43</t>
   </si>
   <si>
     <t>Чечурин Максим</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>