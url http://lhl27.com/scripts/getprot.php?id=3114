--- v0 (2025-12-07)
+++ v1 (2026-03-05)
@@ -153,56 +153,56 @@
   <si>
     <t>Тамашевский Дмитрий</t>
   </si>
   <si>
     <t>Крамарь Алексей</t>
   </si>
   <si>
     <t>Попов Евгений</t>
   </si>
   <si>
     <t>Евсеев Андрей</t>
   </si>
   <si>
     <t>Франц Роман</t>
   </si>
   <si>
     <t>Голубев Сергей</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Сидельников Андрей</t>
   </si>
   <si>
+    <t>Меликов Дмитрий</t>
+  </si>
+  <si>
     <t>Вырк Евгений</t>
   </si>
   <si>
-    <t>Меликов Дмитрий</t>
-[...1 lines deleted...]
-  <si>
     <t>Ватрушкин Александр</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Алькор»</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>1-18</t>
   </si>
   <si>
     <t>8-33</t>
   </si>
   <si>
     <t>Базив Богдан</t>
   </si>
   <si>
     <t>10-18</t>
@@ -219,57 +219,57 @@
   <si>
     <t>Рябухин Виталий</t>
   </si>
   <si>
     <t>18-03</t>
   </si>
   <si>
     <t>Солоха Виктор</t>
   </si>
   <si>
     <t>19-51</t>
   </si>
   <si>
     <t>Баранов Кирилл</t>
   </si>
   <si>
     <t>Шип Дмитрий</t>
   </si>
   <si>
     <t>29-02</t>
   </si>
   <si>
     <t>Родионов Сергей</t>
   </si>
   <si>
+    <t>Грудинин Константин</t>
+  </si>
+  <si>
+    <t>29-42</t>
+  </si>
+  <si>
     <t>Гончаров Иван</t>
-  </si>
-[...4 lines deleted...]
-    <t>Грудинин Константин</t>
   </si>
   <si>
     <t>Дедковский Сергей</t>
   </si>
   <si>
     <t>Ермаков Андрей</t>
   </si>
   <si>
     <t>Виноградов Томас</t>
   </si>
   <si>
     <t>Митрофанов Сергей</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
 </sst>
 </file>
 
@@ -1354,78 +1354,78 @@
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
       <c r="M17" s="8"/>
       <c r="N17" s="6"/>
       <c r="O17" s="6"/>
       <c r="P17" s="6"/>
       <c r="Q17" s="6"/>
       <c r="R17" s="6"/>
       <c r="S17" s="6"/>
     </row>
     <row r="18" spans="1:19">
       <c r="A18" s="5">
         <v>84</v>
       </c>
       <c r="B18" s="12" t="s">
         <v>45</v>
       </c>
       <c r="C18" s="13"/>
       <c r="D18" s="13"/>
       <c r="E18" s="13"/>
       <c r="F18" s="14"/>
       <c r="G18" s="5" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="H18" s="6"/>
       <c r="I18" s="6"/>
       <c r="J18" s="6"/>
       <c r="K18" s="6"/>
       <c r="L18" s="6"/>
       <c r="M18" s="8"/>
       <c r="N18" s="6"/>
       <c r="O18" s="6"/>
       <c r="P18" s="6"/>
       <c r="Q18" s="6"/>
       <c r="R18" s="6"/>
       <c r="S18" s="6"/>
     </row>
     <row r="19" spans="1:19">
       <c r="A19" s="5">
         <v>84</v>
       </c>
       <c r="B19" s="12" t="s">
         <v>46</v>
       </c>
       <c r="C19" s="13"/>
       <c r="D19" s="13"/>
       <c r="E19" s="13"/>
       <c r="F19" s="14"/>
       <c r="G19" s="5" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="H19" s="6"/>
       <c r="I19" s="6"/>
       <c r="J19" s="6"/>
       <c r="K19" s="6"/>
       <c r="L19" s="6"/>
       <c r="M19" s="8"/>
       <c r="N19" s="6"/>
       <c r="O19" s="6"/>
       <c r="P19" s="6"/>
       <c r="Q19" s="6"/>
       <c r="R19" s="6"/>
       <c r="S19" s="6"/>
     </row>
     <row r="20" spans="1:19">
       <c r="A20" s="5">
         <v>85</v>
       </c>
       <c r="B20" s="12" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="13"/>
       <c r="D20" s="13"/>
       <c r="E20" s="13"/>
       <c r="F20" s="14"/>
@@ -1998,86 +1998,86 @@
       </c>
       <c r="O39" s="7">
         <v>85</v>
       </c>
       <c r="P39" s="7">
         <v>10</v>
       </c>
       <c r="Q39" s="7">
         <v>39</v>
       </c>
       <c r="R39" s="7"/>
       <c r="S39" s="7"/>
     </row>
     <row r="40" spans="1:19">
       <c r="A40" s="7">
         <v>85</v>
       </c>
       <c r="B40" s="12" t="s">
         <v>67</v>
       </c>
       <c r="C40" s="13"/>
       <c r="D40" s="13"/>
       <c r="E40" s="13"/>
       <c r="F40" s="14"/>
       <c r="G40" s="7" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="H40" s="7"/>
       <c r="I40" s="7"/>
       <c r="J40" s="7"/>
       <c r="K40" s="7"/>
       <c r="L40" s="7"/>
       <c r="M40" s="7"/>
       <c r="N40" s="7" t="s">
         <v>68</v>
       </c>
       <c r="O40" s="7">
         <v>27</v>
       </c>
       <c r="P40" s="7">
         <v>2</v>
       </c>
       <c r="Q40" s="7">
         <v>6</v>
       </c>
       <c r="R40" s="7"/>
       <c r="S40" s="7"/>
     </row>
     <row r="41" spans="1:19">
       <c r="A41" s="7">
         <v>85</v>
       </c>
       <c r="B41" s="12" t="s">
         <v>69</v>
       </c>
       <c r="C41" s="13"/>
       <c r="D41" s="13"/>
       <c r="E41" s="13"/>
       <c r="F41" s="14"/>
       <c r="G41" s="7" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="H41" s="7"/>
       <c r="I41" s="7"/>
       <c r="J41" s="7"/>
       <c r="K41" s="7"/>
       <c r="L41" s="7"/>
       <c r="M41" s="7"/>
       <c r="N41" s="7"/>
       <c r="O41" s="7"/>
       <c r="P41" s="7"/>
       <c r="Q41" s="7"/>
       <c r="R41" s="7"/>
       <c r="S41" s="7"/>
     </row>
     <row r="42" spans="1:19">
       <c r="A42" s="7">
         <v>87</v>
       </c>
       <c r="B42" s="12" t="s">
         <v>70</v>
       </c>
       <c r="C42" s="13"/>
       <c r="D42" s="13"/>
       <c r="E42" s="13"/>
       <c r="F42" s="14"/>