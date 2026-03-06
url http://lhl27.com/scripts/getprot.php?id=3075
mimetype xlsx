--- v0 (2025-12-07)
+++ v1 (2026-03-06)
@@ -120,57 +120,57 @@
   <si>
     <t>30-21</t>
   </si>
   <si>
     <t>Хан Александр</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>ПБ</t>
   </si>
   <si>
     <t>45-00</t>
   </si>
   <si>
     <t>Дутов Константин</t>
   </si>
   <si>
     <t>Ямщиков Дмитрий</t>
   </si>
   <si>
     <t>Красовский Егор</t>
   </si>
   <si>
+    <t>Чу Артур</t>
+  </si>
+  <si>
     <t>Доценко Владимир</t>
   </si>
   <si>
     <t>Вр</t>
-  </si>
-[...1 lines deleted...]
-    <t>Чу Артур</t>
   </si>
   <si>
     <t>Лубков Дмитрий</t>
   </si>
   <si>
     <t>Чечурин Максим</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Столбовой Денис</t>
   </si>
   <si>
     <t>Медведев Дмитрий</t>
   </si>
   <si>
     <t>Колюбанов Денис</t>
   </si>
   <si>
     <t>Малыгин Евгений</t>
   </si>
   <si>
     <t>Беспалов Евгений</t>
   </si>
@@ -1148,78 +1148,78 @@
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
       <c r="M11" s="8"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
         <v>19</v>
       </c>
       <c r="B12" s="12" t="s">
         <v>34</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
       <c r="G12" s="5" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
         <v>19</v>
       </c>
       <c r="B13" s="12" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
       <c r="G13" s="5" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
         <v>24</v>
       </c>
       <c r="B14" s="12" t="s">
         <v>37</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
@@ -1778,51 +1778,51 @@
       <c r="H33" s="7"/>
       <c r="I33" s="7"/>
       <c r="J33" s="7"/>
       <c r="K33" s="7"/>
       <c r="L33" s="7"/>
       <c r="M33" s="7"/>
       <c r="N33" s="7"/>
       <c r="O33" s="7"/>
       <c r="P33" s="7"/>
       <c r="Q33" s="7"/>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
         <v>30</v>
       </c>
       <c r="B34" s="12" t="s">
         <v>57</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
       <c r="G34" s="7" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="H34" s="7"/>
       <c r="I34" s="7"/>
       <c r="J34" s="7"/>
       <c r="K34" s="7"/>
       <c r="L34" s="7"/>
       <c r="M34" s="7"/>
       <c r="N34" s="7"/>
       <c r="O34" s="7"/>
       <c r="P34" s="7"/>
       <c r="Q34" s="7"/>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
         <v>42</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>58</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>