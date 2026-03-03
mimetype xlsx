--- v0 (2025-12-06)
+++ v1 (2026-03-03)
@@ -111,56 +111,56 @@
   <si>
     <t>27-34</t>
   </si>
   <si>
     <t>+1</t>
   </si>
   <si>
     <t>15-25</t>
   </si>
   <si>
     <t>28-56</t>
   </si>
   <si>
     <t>38-30</t>
   </si>
   <si>
     <t>44-48</t>
   </si>
   <si>
     <t>Хан Александр</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
+    <t>Лубков Дмитрий</t>
+  </si>
+  <si>
     <t>Борисов Егор</t>
   </si>
   <si>
-    <t>Лубков Дмитрий</t>
-[...1 lines deleted...]
-  <si>
     <t>Чайка Роман</t>
   </si>
   <si>
     <t>Чечурин Максим</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Найдишкин Петр</t>
   </si>
   <si>
     <t>Столбовой Денис</t>
   </si>
   <si>
     <t>Медведев Дмитрий</t>
   </si>
   <si>
     <t>Афанасьев Михаил</t>
   </si>
   <si>
     <t>Беспалов Евгений</t>
   </si>
   <si>
     <t>Сачаков Вадим</t>
@@ -171,54 +171,54 @@
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Импульс»</t>
   </si>
   <si>
     <t>14-20</t>
   </si>
   <si>
     <t>21-49</t>
   </si>
   <si>
     <t>Басенко Павел</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Буханцев Сергей</t>
   </si>
   <si>
     <t>Колупаев Никита</t>
   </si>
   <si>
+    <t>Дылев Максим</t>
+  </si>
+  <si>
     <t>Кочетыгов Виктор</t>
-  </si>
-[...1 lines deleted...]
-    <t>Дылев Максим</t>
   </si>
   <si>
     <t>Разинкин Сергей</t>
   </si>
   <si>
     <t>Трибушевский Семен</t>
   </si>
   <si>
     <t>Цепляев Юрий</t>
   </si>
   <si>
     <t>Сурменко Александр</t>
   </si>
   <si>
     <t>Московцев Сергей</t>
   </si>
   <si>
     <t>Кузнецов Владислав</t>
   </si>
   <si>
     <t>Воротняк Артем</t>
   </si>
   <si>
     <t>Нигматулин Дмитрий</t>
   </si>
@@ -1766,78 +1766,78 @@
       <c r="H34" s="7"/>
       <c r="I34" s="7"/>
       <c r="J34" s="7"/>
       <c r="K34" s="7"/>
       <c r="L34" s="7"/>
       <c r="M34" s="7"/>
       <c r="N34" s="7"/>
       <c r="O34" s="7"/>
       <c r="P34" s="7"/>
       <c r="Q34" s="7"/>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
         <v>24</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>51</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>
       <c r="G35" s="7" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
         <v>24</v>
       </c>
       <c r="B36" s="12" t="s">
         <v>52</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>
       <c r="G36" s="7" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
         <v>27</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>53</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>