--- v0 (2026-03-05)
+++ v1 (2026-03-05)
@@ -99,81 +99,81 @@
   <si>
     <t>Нач</t>
   </si>
   <si>
     <t>Окон</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>+1</t>
   </si>
   <si>
     <t>25-46</t>
   </si>
   <si>
     <t>44-04</t>
   </si>
   <si>
     <t>Никишин Михаил</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
+    <t>Ермаков Евгений</t>
+  </si>
+  <si>
+    <t>Нп</t>
+  </si>
+  <si>
     <t>Годун Антон</t>
   </si>
   <si>
-    <t>Нп</t>
-[...4 lines deleted...]
-  <si>
     <t>Сапунков Руслан</t>
   </si>
   <si>
     <t>Матвеев Владислав</t>
   </si>
   <si>
     <t>Юньков Александр</t>
   </si>
   <si>
     <t>Чубенко Владимир</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Катько Андрей</t>
   </si>
   <si>
+    <t>Клевцов Данил</t>
+  </si>
+  <si>
     <t>Бабенко Лев</t>
-  </si>
-[...1 lines deleted...]
-    <t>Клевцов Данил</t>
   </si>
   <si>
     <t>Алексеев Алексей</t>
   </si>
   <si>
     <t>Путин Евгений</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Лидер»</t>
   </si>
   <si>
     <t>Храпак Константин</t>
   </si>
   <si>
     <t>25-30</t>
   </si>
   <si>
     <t>Заикин Илья</t>
   </si>