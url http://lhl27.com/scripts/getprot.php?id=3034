--- v0 (2026-03-04)
+++ v1 (2026-03-05)
@@ -186,57 +186,57 @@
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Торнадо»</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>03-05</t>
   </si>
   <si>
     <t>04-43</t>
   </si>
   <si>
     <t>25-35</t>
   </si>
   <si>
     <t>07-36</t>
   </si>
   <si>
+    <t>Пилипенко Александр</t>
+  </si>
+  <si>
+    <t>42-24</t>
+  </si>
+  <si>
     <t>Лушников Глеб</t>
-  </si>
-[...4 lines deleted...]
-    <t>Пилипенко Александр</t>
   </si>
   <si>
     <t>Рыбин Марк</t>
   </si>
   <si>
     <t>Богомолов Артем</t>
   </si>
   <si>
     <t>Грамаков Денис</t>
   </si>
   <si>
     <t>Нехай Никита</t>
   </si>
   <si>
     <t>Овсянников Петр</t>
   </si>
   <si>
     <t>Ерофеев Николай</t>
   </si>
   <si>
     <t>Цибулько Ян</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>