--- v0 (2025-12-08)
+++ v1 (2026-03-05)
@@ -114,59 +114,59 @@
   <si>
     <t>14-36</t>
   </si>
   <si>
     <t>Заикин Илья</t>
   </si>
   <si>
     <t>1-24</t>
   </si>
   <si>
     <t>30-40</t>
   </si>
   <si>
     <t>Колодий Михаил</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>3-05</t>
   </si>
   <si>
     <t>Луц Виктор</t>
   </si>
   <si>
+    <t>Вр</t>
+  </si>
+  <si>
     <t>3-58</t>
   </si>
   <si>
     <t>Богомолов Вячеслав</t>
   </si>
   <si>
-    <t>Вр</t>
-[...1 lines deleted...]
-  <si>
     <t>8-28</t>
   </si>
   <si>
     <t>Лавриненко Денис</t>
   </si>
   <si>
     <t>16-50</t>
   </si>
   <si>
     <t>Глушков Фёдор</t>
   </si>
   <si>
     <t>24-20</t>
   </si>
   <si>
     <t>Потинцев Сергей</t>
   </si>
   <si>
     <t>25-38</t>
   </si>
   <si>
     <t>Сычугов Роман</t>
   </si>
   <si>
     <t>29-10</t>
@@ -186,57 +186,57 @@
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Торнадо»</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>11-30</t>
   </si>
   <si>
     <t>16-30</t>
   </si>
   <si>
     <t>Сариев Илья</t>
   </si>
   <si>
     <t>17-00</t>
   </si>
   <si>
+    <t>Лушников Глеб</t>
+  </si>
+  <si>
+    <t>20-10</t>
+  </si>
+  <si>
     <t>Пилипенко Александр</t>
-  </si>
-[...4 lines deleted...]
-    <t>Лушников Глеб</t>
   </si>
   <si>
     <t>34-20</t>
   </si>
   <si>
     <t>Димедович Иван</t>
   </si>
   <si>
     <t>Богомолов Артем</t>
   </si>
   <si>
     <t>Грамаков Денис</t>
   </si>
   <si>
     <t>Стецков Сергей</t>
   </si>
   <si>
     <t>Нехай Никита</t>
   </si>
   <si>
     <t>Овсянников Петр</t>
   </si>
   <si>
     <t>Крутский Валерий</t>
   </si>
@@ -1052,88 +1052,88 @@
       <c r="L7" s="6">
         <v>16</v>
       </c>
       <c r="M7" s="8">
         <v>0</v>
       </c>
       <c r="N7" s="6"/>
       <c r="O7" s="6"/>
       <c r="P7" s="6"/>
       <c r="Q7" s="6"/>
       <c r="R7" s="6"/>
       <c r="S7" s="6"/>
     </row>
     <row r="8" spans="1:19">
       <c r="A8" s="5">
         <v>29</v>
       </c>
       <c r="B8" s="12" t="s">
         <v>31</v>
       </c>
       <c r="C8" s="13"/>
       <c r="D8" s="13"/>
       <c r="E8" s="13"/>
       <c r="F8" s="14"/>
       <c r="G8" s="5" t="s">
-        <v>22</v>
+        <v>32</v>
       </c>
       <c r="H8" s="6">
         <v>4</v>
       </c>
       <c r="I8" s="6"/>
       <c r="J8" s="6" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="K8" s="6">
         <v>88</v>
       </c>
       <c r="L8" s="6">
         <v>29</v>
       </c>
       <c r="M8" s="8">
         <v>77</v>
       </c>
       <c r="N8" s="6"/>
       <c r="O8" s="6"/>
       <c r="P8" s="6"/>
       <c r="Q8" s="6"/>
       <c r="R8" s="6"/>
       <c r="S8" s="6"/>
     </row>
     <row r="9" spans="1:19">
       <c r="A9" s="5">
         <v>31</v>
       </c>
       <c r="B9" s="12" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C9" s="13"/>
       <c r="D9" s="13"/>
       <c r="E9" s="13"/>
       <c r="F9" s="14"/>
       <c r="G9" s="5" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="H9" s="6">
         <v>5</v>
       </c>
       <c r="I9" s="6"/>
       <c r="J9" s="6" t="s">
         <v>35</v>
       </c>
       <c r="K9" s="6">
         <v>16</v>
       </c>
       <c r="L9" s="6">
         <v>29</v>
       </c>
       <c r="M9" s="8">
         <v>0</v>
       </c>
       <c r="N9" s="6"/>
       <c r="O9" s="6"/>
       <c r="P9" s="6"/>
       <c r="Q9" s="6"/>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
     </row>
     <row r="10" spans="1:19">