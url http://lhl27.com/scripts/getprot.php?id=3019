--- v0 (2026-03-04)
+++ v1 (2026-03-06)
@@ -189,54 +189,54 @@
   <si>
     <t>Команда « Б » «Союз»</t>
   </si>
   <si>
     <t>33-04</t>
   </si>
   <si>
     <t>6:59</t>
   </si>
   <si>
     <t>42:20</t>
   </si>
   <si>
     <t>22:40</t>
   </si>
   <si>
     <t>43:25</t>
   </si>
   <si>
     <t>Братухин Антон</t>
   </si>
   <si>
     <t>44:03</t>
   </si>
   <si>
+    <t>Подкопаев Филипп</t>
+  </si>
+  <si>
     <t>Маковецкий Виктор</t>
-  </si>
-[...1 lines deleted...]
-    <t>Подкопаев Филипп</t>
   </si>
   <si>
     <t>Зелинский Владислав</t>
   </si>
   <si>
     <t>Пилюгин Дмитрий</t>
   </si>
   <si>
     <t>Карпусь Владислав</t>
   </si>
   <si>
     <t>Заморозов Владимир</t>
   </si>
   <si>
     <t>Капунов Евгений</t>
   </si>
   <si>
     <t>Мисько Андрей</t>
   </si>
   <si>
     <t>Годинов Андрей</t>
   </si>
   <si>
     <t>Соболев Евгений</t>
   </si>