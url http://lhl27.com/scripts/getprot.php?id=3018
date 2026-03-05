--- v0 (2025-12-08)
+++ v1 (2026-03-05)
@@ -183,60 +183,60 @@
   <si>
     <t>Пономарев Дмитрий</t>
   </si>
   <si>
     <t>Тимченко Константин</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Торнадо»</t>
   </si>
   <si>
     <t>Сариев Илья</t>
   </si>
   <si>
     <t>0-18</t>
   </si>
   <si>
     <t>0-00</t>
   </si>
   <si>
+    <t>Лушников Глеб</t>
+  </si>
+  <si>
+    <t>20-20</t>
+  </si>
+  <si>
+    <t>29-58</t>
+  </si>
+  <si>
     <t>Пилипенко Александр</t>
-  </si>
-[...7 lines deleted...]
-    <t>Лушников Глеб</t>
   </si>
   <si>
     <t>Богомолов Артем</t>
   </si>
   <si>
     <t>Барашиков Денис</t>
   </si>
   <si>
     <t>Грамаков Денис</t>
   </si>
   <si>
     <t>Стецков Сергей</t>
   </si>
   <si>
     <t>Филипчук Виталий</t>
   </si>
   <si>
     <t>Овсянников Петр</t>
   </si>
   <si>
     <t>Зборовский Илья</t>
   </si>
   <si>
     <t>Королев Александр</t>
   </si>