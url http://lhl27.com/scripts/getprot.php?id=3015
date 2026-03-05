--- v0 (2025-12-11)
+++ v1 (2026-03-05)
@@ -144,57 +144,57 @@
   <si>
     <t>Крафт Александр</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>35-20</t>
   </si>
   <si>
     <t>Застеба Артём</t>
   </si>
   <si>
     <t>43-29</t>
   </si>
   <si>
     <t>Загней Борис</t>
   </si>
   <si>
     <t>Меднов Владимир</t>
   </si>
   <si>
     <t>Марков Николай</t>
   </si>
   <si>
+    <t>Соловьев Вадим</t>
+  </si>
+  <si>
+    <t>Вр</t>
+  </si>
+  <si>
     <t>Бармотин Владимир</t>
-  </si>
-[...4 lines deleted...]
-    <t>Вр</t>
   </si>
   <si>
     <t>Яковлев Сергей</t>
   </si>
   <si>
     <t>Черепанов Константин</t>
   </si>
   <si>
     <t>Мурашкин Степан</t>
   </si>
   <si>
     <t>Тимченко Константин</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Торнадо 2»</t>
   </si>
   <si>
     <t>04-50</t>
   </si>
@@ -1275,78 +1275,78 @@
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5">
         <v>30</v>
       </c>
       <c r="B15" s="12" t="s">
         <v>42</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>
       <c r="G15" s="5" t="s">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
       <c r="K15" s="6"/>
       <c r="L15" s="6"/>
       <c r="M15" s="8"/>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
       <c r="P15" s="6"/>
       <c r="Q15" s="6"/>
       <c r="R15" s="6"/>
       <c r="S15" s="6"/>
     </row>
     <row r="16" spans="1:19">
       <c r="A16" s="5">
         <v>30</v>
       </c>
       <c r="B16" s="12" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C16" s="13"/>
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
       <c r="F16" s="14"/>
       <c r="G16" s="5" t="s">
-        <v>44</v>
+        <v>31</v>
       </c>
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
       <c r="K16" s="6"/>
       <c r="L16" s="6"/>
       <c r="M16" s="8"/>
       <c r="N16" s="6"/>
       <c r="O16" s="6"/>
       <c r="P16" s="6"/>
       <c r="Q16" s="6"/>
       <c r="R16" s="6"/>
       <c r="S16" s="6"/>
     </row>
     <row r="17" spans="1:19">
       <c r="A17" s="5">
         <v>81</v>
       </c>
       <c r="B17" s="12" t="s">
         <v>45</v>
       </c>
       <c r="C17" s="13"/>
       <c r="D17" s="13"/>
       <c r="E17" s="13"/>
       <c r="F17" s="14"/>