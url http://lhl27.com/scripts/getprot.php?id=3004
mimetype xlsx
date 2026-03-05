--- v0 (2025-12-06)
+++ v1 (2026-03-05)
@@ -132,60 +132,60 @@
   <si>
     <t>Соколов Петр</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>44-00</t>
   </si>
   <si>
     <t>Крафт Александр</t>
   </si>
   <si>
     <t>44-30</t>
   </si>
   <si>
     <t>Застеба Артём</t>
   </si>
   <si>
     <t>Загней Борис</t>
   </si>
   <si>
     <t>Тимченко Игорь</t>
   </si>
   <si>
+    <t>Соловьев Вадим</t>
+  </si>
+  <si>
+    <t>Вр</t>
+  </si>
+  <si>
+    <t>Тихоньких Андрей</t>
+  </si>
+  <si>
     <t>Бармотин Владимир</t>
-  </si>
-[...7 lines deleted...]
-    <t>Тихоньких Андрей</t>
   </si>
   <si>
     <t>Яковлев Сергей</t>
   </si>
   <si>
     <t>Черепанов Константин</t>
   </si>
   <si>
     <t>Гребенюк Александр</t>
   </si>
   <si>
     <t>Мурашкин Степан</t>
   </si>
   <si>
     <t>Пономарев Дмитрий</t>
   </si>
   <si>
     <t>Тимченко Константин</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
@@ -1233,105 +1233,105 @@
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
         <v>30</v>
       </c>
       <c r="B13" s="12" t="s">
         <v>38</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
       <c r="G13" s="5" t="s">
-        <v>31</v>
+        <v>39</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
         <v>30</v>
       </c>
       <c r="B14" s="12" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
       <c r="G14" s="5" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5">
         <v>30</v>
       </c>
       <c r="B15" s="12" t="s">
         <v>41</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>
       <c r="G15" s="5" t="s">
-        <v>40</v>
+        <v>31</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
       <c r="K15" s="6"/>
       <c r="L15" s="6"/>
       <c r="M15" s="8"/>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
       <c r="P15" s="6"/>
       <c r="Q15" s="6"/>
       <c r="R15" s="6"/>
       <c r="S15" s="6"/>
     </row>
     <row r="16" spans="1:19">
       <c r="A16" s="5">
         <v>81</v>
       </c>
       <c r="B16" s="12" t="s">
         <v>42</v>
       </c>
       <c r="C16" s="13"/>
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
       <c r="F16" s="14"/>
@@ -2083,51 +2083,51 @@
       <c r="H40" s="7"/>
       <c r="I40" s="7"/>
       <c r="J40" s="7"/>
       <c r="K40" s="7"/>
       <c r="L40" s="7"/>
       <c r="M40" s="7"/>
       <c r="N40" s="7"/>
       <c r="O40" s="7"/>
       <c r="P40" s="7"/>
       <c r="Q40" s="7"/>
       <c r="R40" s="7"/>
       <c r="S40" s="7"/>
     </row>
     <row r="41" spans="1:19">
       <c r="A41" s="7">
         <v>72</v>
       </c>
       <c r="B41" s="12" t="s">
         <v>73</v>
       </c>
       <c r="C41" s="13"/>
       <c r="D41" s="13"/>
       <c r="E41" s="13"/>
       <c r="F41" s="14"/>
       <c r="G41" s="7" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="H41" s="7"/>
       <c r="I41" s="7"/>
       <c r="J41" s="7"/>
       <c r="K41" s="7"/>
       <c r="L41" s="7"/>
       <c r="M41" s="7"/>
       <c r="N41" s="7"/>
       <c r="O41" s="7"/>
       <c r="P41" s="7"/>
       <c r="Q41" s="7"/>
       <c r="R41" s="7"/>
       <c r="S41" s="7"/>
     </row>
     <row r="42" spans="1:19">
       <c r="A42" s="7">
         <v>82</v>
       </c>
       <c r="B42" s="12" t="s">
         <v>74</v>
       </c>
       <c r="C42" s="13"/>
       <c r="D42" s="13"/>
       <c r="E42" s="13"/>
       <c r="F42" s="14"/>