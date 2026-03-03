--- v0 (2025-12-09)
+++ v1 (2026-03-03)
@@ -126,54 +126,54 @@
   <si>
     <t>40-32</t>
   </si>
   <si>
     <t>43-48</t>
   </si>
   <si>
     <t>Хан Александр</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>Дутов Константин</t>
   </si>
   <si>
     <t>Красовский Егор</t>
   </si>
   <si>
     <t>Доценко Владимир</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
+    <t>Борисов Егор</t>
+  </si>
+  <si>
     <t>Лубков Дмитрий</t>
-  </si>
-[...1 lines deleted...]
-    <t>Борисов Егор</t>
   </si>
   <si>
     <t>Чечурин Максим</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Столбовой Денис</t>
   </si>
   <si>
     <t>Медведев Дмитрий</t>
   </si>
   <si>
     <t>Колюбанов Денис</t>
   </si>
   <si>
     <t>Егорычев Игорь</t>
   </si>
   <si>
     <t>Севостьянов Александр</t>
   </si>
   <si>
     <t>Малыгин Евгений</t>
   </si>