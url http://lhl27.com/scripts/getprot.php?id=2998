--- v0 (2025-12-06)
+++ v1 (2026-03-05)
@@ -198,54 +198,54 @@
   <si>
     <t>39:22</t>
   </si>
   <si>
     <t>Крафт Александр</t>
   </si>
   <si>
     <t>41:28</t>
   </si>
   <si>
     <t>Застеба Артём</t>
   </si>
   <si>
     <t>44:10</t>
   </si>
   <si>
     <t>Загней Борис</t>
   </si>
   <si>
     <t>Марков Николай</t>
   </si>
   <si>
     <t>Тимченко Игорь</t>
   </si>
   <si>
+    <t>Тихоньких Андрей</t>
+  </si>
+  <si>
     <t>Бармотин Владимир</t>
-  </si>
-[...1 lines deleted...]
-    <t>Тихоньких Андрей</t>
   </si>
   <si>
     <t>Добродеев Руслан</t>
   </si>
   <si>
     <t>Яковлев Сергей</t>
   </si>
   <si>
     <t>Черепанов Константин</t>
   </si>
   <si>
     <t>Гребенюк Александр</t>
   </si>
   <si>
     <t>Пономарев Дмитрий</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
@@ -1929,78 +1929,78 @@
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
       <c r="L39" s="7"/>
       <c r="M39" s="7"/>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
       <c r="Q39" s="7"/>
       <c r="R39" s="7"/>
       <c r="S39" s="7"/>
     </row>
     <row r="40" spans="1:19">
       <c r="A40" s="7">
         <v>30</v>
       </c>
       <c r="B40" s="12" t="s">
         <v>60</v>
       </c>
       <c r="C40" s="13"/>
       <c r="D40" s="13"/>
       <c r="E40" s="13"/>
       <c r="F40" s="14"/>
       <c r="G40" s="7" t="s">
-        <v>26</v>
+        <v>36</v>
       </c>
       <c r="H40" s="7"/>
       <c r="I40" s="7"/>
       <c r="J40" s="7"/>
       <c r="K40" s="7"/>
       <c r="L40" s="7"/>
       <c r="M40" s="7"/>
       <c r="N40" s="7"/>
       <c r="O40" s="7"/>
       <c r="P40" s="7"/>
       <c r="Q40" s="7"/>
       <c r="R40" s="7"/>
       <c r="S40" s="7"/>
     </row>
     <row r="41" spans="1:19">
       <c r="A41" s="7">
         <v>30</v>
       </c>
       <c r="B41" s="12" t="s">
         <v>61</v>
       </c>
       <c r="C41" s="13"/>
       <c r="D41" s="13"/>
       <c r="E41" s="13"/>
       <c r="F41" s="14"/>
       <c r="G41" s="7" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="H41" s="7"/>
       <c r="I41" s="7"/>
       <c r="J41" s="7"/>
       <c r="K41" s="7"/>
       <c r="L41" s="7"/>
       <c r="M41" s="7"/>
       <c r="N41" s="7"/>
       <c r="O41" s="7"/>
       <c r="P41" s="7"/>
       <c r="Q41" s="7"/>
       <c r="R41" s="7"/>
       <c r="S41" s="7"/>
     </row>
     <row r="42" spans="1:19">
       <c r="A42" s="7">
         <v>76</v>
       </c>
       <c r="B42" s="12" t="s">
         <v>62</v>
       </c>
       <c r="C42" s="13"/>
       <c r="D42" s="13"/>
       <c r="E42" s="13"/>
       <c r="F42" s="14"/>