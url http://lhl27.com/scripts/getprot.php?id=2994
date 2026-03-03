--- v0 (2025-12-08)
+++ v1 (2026-03-03)
@@ -135,59 +135,59 @@
   <si>
     <t>32-09</t>
   </si>
   <si>
     <t>Застеба Артём</t>
   </si>
   <si>
     <t>37-21</t>
   </si>
   <si>
     <t>Загней Борис</t>
   </si>
   <si>
     <t>Меднов Владимир</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Марков Николай</t>
   </si>
   <si>
     <t>Тимченко Игорь</t>
   </si>
   <si>
+    <t>Тихоньких Андрей</t>
+  </si>
+  <si>
+    <t>Вр</t>
+  </si>
+  <si>
     <t>Бармотин Владимир</t>
   </si>
   <si>
-    <t>Тихоньких Андрей</t>
-[...4 lines deleted...]
-  <si>
     <t>Добродеев Руслан</t>
   </si>
   <si>
     <t>Яковлев Сергей</t>
   </si>
   <si>
     <t>Черепанов Константин</t>
   </si>
   <si>
     <t>Мурашкин Степан</t>
   </si>
   <si>
     <t>Пономарев Дмитрий</t>
   </si>
   <si>
     <t>Тимченко Константин</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Шкипер Брук»</t>
@@ -222,54 +222,54 @@
   <si>
     <t>Доценко Владимир</t>
   </si>
   <si>
     <t>Лубков Дмитрий</t>
   </si>
   <si>
     <t>Чечурин Максим</t>
   </si>
   <si>
     <t>Столбовой Денис</t>
   </si>
   <si>
     <t>Колюбанов Денис</t>
   </si>
   <si>
     <t>Егорычев Игорь</t>
   </si>
   <si>
     <t>Севостьянов Александр</t>
   </si>
   <si>
     <t>Малыгин Евгений</t>
   </si>
   <si>
+    <t>Дроздович Дмитрий</t>
+  </si>
+  <si>
     <t>Беспалов Евгений</t>
-  </si>
-[...1 lines deleted...]
-    <t>Дроздович Дмитрий</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="7">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1257,78 +1257,78 @@
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5">
         <v>30</v>
       </c>
       <c r="B15" s="12" t="s">
         <v>39</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>
       <c r="G15" s="5" t="s">
-        <v>28</v>
+        <v>40</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
       <c r="K15" s="6"/>
       <c r="L15" s="6"/>
       <c r="M15" s="8"/>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
       <c r="P15" s="6"/>
       <c r="Q15" s="6"/>
       <c r="R15" s="6"/>
       <c r="S15" s="6"/>
     </row>
     <row r="16" spans="1:19">
       <c r="A16" s="5">
         <v>30</v>
       </c>
       <c r="B16" s="12" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C16" s="13"/>
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
       <c r="F16" s="14"/>
       <c r="G16" s="5" t="s">
-        <v>41</v>
+        <v>28</v>
       </c>
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
       <c r="K16" s="6"/>
       <c r="L16" s="6"/>
       <c r="M16" s="8"/>
       <c r="N16" s="6"/>
       <c r="O16" s="6"/>
       <c r="P16" s="6"/>
       <c r="Q16" s="6"/>
       <c r="R16" s="6"/>
       <c r="S16" s="6"/>
     </row>
     <row r="17" spans="1:19">
       <c r="A17" s="5">
         <v>76</v>
       </c>
       <c r="B17" s="12" t="s">
         <v>42</v>
       </c>
       <c r="C17" s="13"/>
       <c r="D17" s="13"/>
       <c r="E17" s="13"/>
       <c r="F17" s="14"/>
@@ -1885,51 +1885,51 @@
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
         <v>19</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>60</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
       <c r="G37" s="7" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
         <v>24</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>61</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
@@ -2101,78 +2101,78 @@
       <c r="H44" s="7"/>
       <c r="I44" s="7"/>
       <c r="J44" s="7"/>
       <c r="K44" s="7"/>
       <c r="L44" s="7"/>
       <c r="M44" s="7"/>
       <c r="N44" s="7"/>
       <c r="O44" s="7"/>
       <c r="P44" s="7"/>
       <c r="Q44" s="7"/>
       <c r="R44" s="7"/>
       <c r="S44" s="7"/>
     </row>
     <row r="45" spans="1:19">
       <c r="A45" s="7">
         <v>91</v>
       </c>
       <c r="B45" s="12" t="s">
         <v>68</v>
       </c>
       <c r="C45" s="13"/>
       <c r="D45" s="13"/>
       <c r="E45" s="13"/>
       <c r="F45" s="14"/>
       <c r="G45" s="7" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="H45" s="7"/>
       <c r="I45" s="7"/>
       <c r="J45" s="7"/>
       <c r="K45" s="7"/>
       <c r="L45" s="7"/>
       <c r="M45" s="7"/>
       <c r="N45" s="7"/>
       <c r="O45" s="7"/>
       <c r="P45" s="7"/>
       <c r="Q45" s="7"/>
       <c r="R45" s="7"/>
       <c r="S45" s="7"/>
     </row>
     <row r="46" spans="1:19">
       <c r="A46" s="7">
         <v>91</v>
       </c>
       <c r="B46" s="12" t="s">
         <v>69</v>
       </c>
       <c r="C46" s="13"/>
       <c r="D46" s="13"/>
       <c r="E46" s="13"/>
       <c r="F46" s="14"/>
       <c r="G46" s="7" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
       <c r="H46" s="7"/>
       <c r="I46" s="7"/>
       <c r="J46" s="7"/>
       <c r="K46" s="7"/>
       <c r="L46" s="7"/>
       <c r="M46" s="7"/>
       <c r="N46" s="7"/>
       <c r="O46" s="7"/>
       <c r="P46" s="7"/>
       <c r="Q46" s="7"/>
       <c r="R46" s="7"/>
       <c r="S46" s="7"/>
     </row>
     <row r="47" spans="1:19">
       <c r="A47" s="7"/>
       <c r="B47" s="12"/>
       <c r="C47" s="13"/>
       <c r="D47" s="13"/>
       <c r="E47" s="13"/>
       <c r="F47" s="14"/>
       <c r="G47" s="7"/>
       <c r="H47" s="7"/>
       <c r="I47" s="7"/>
       <c r="J47" s="7"/>