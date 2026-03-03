--- v0 (2025-12-07)
+++ v1 (2026-03-03)
@@ -93,66 +93,66 @@
   <si>
     <t xml:space="preserve">Шт </t>
   </si>
   <si>
     <t>Пр</t>
   </si>
   <si>
     <t>Нач</t>
   </si>
   <si>
     <t>Окон</t>
   </si>
   <si>
     <t>Брюханов Артем</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>02:23</t>
   </si>
   <si>
     <t>24:14</t>
   </si>
   <si>
+    <t>Юдин Виталий</t>
+  </si>
+  <si>
+    <t>Вр</t>
+  </si>
+  <si>
+    <t>03:46</t>
+  </si>
+  <si>
+    <t>42:07</t>
+  </si>
+  <si>
     <t>Дрокин Павел</t>
   </si>
   <si>
     <t>Нп</t>
-  </si>
-[...10 lines deleted...]
-    <t>Вр</t>
   </si>
   <si>
     <t>08:46</t>
   </si>
   <si>
     <t>Вяткин Алексей</t>
   </si>
   <si>
     <t>12:49</t>
   </si>
   <si>
     <t>Махлепов Алексей</t>
   </si>
   <si>
     <t>15:25</t>
   </si>
   <si>
     <t>Тишков Николай</t>
   </si>
   <si>
     <t>16:28</t>
   </si>
   <si>
     <t>Тишков Иван</t>
   </si>
@@ -1079,310 +1079,310 @@
       <c r="L7" s="6">
         <v>91</v>
       </c>
       <c r="M7" s="8">
         <v>0</v>
       </c>
       <c r="N7" s="6"/>
       <c r="O7" s="6"/>
       <c r="P7" s="6"/>
       <c r="Q7" s="6"/>
       <c r="R7" s="6"/>
       <c r="S7" s="6"/>
     </row>
     <row r="8" spans="1:19">
       <c r="A8" s="5">
         <v>11</v>
       </c>
       <c r="B8" s="12" t="s">
         <v>32</v>
       </c>
       <c r="C8" s="13"/>
       <c r="D8" s="13"/>
       <c r="E8" s="13"/>
       <c r="F8" s="14"/>
       <c r="G8" s="5" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="H8" s="6">
         <v>4</v>
       </c>
       <c r="I8" s="6"/>
       <c r="J8" s="6" t="s">
         <v>33</v>
       </c>
       <c r="K8" s="6">
         <v>11</v>
       </c>
       <c r="L8" s="6">
         <v>71</v>
       </c>
       <c r="M8" s="8">
         <v>0</v>
       </c>
       <c r="N8" s="6"/>
       <c r="O8" s="6"/>
       <c r="P8" s="6"/>
       <c r="Q8" s="6"/>
       <c r="R8" s="6"/>
       <c r="S8" s="6"/>
     </row>
     <row r="9" spans="1:19">
       <c r="A9" s="5">
         <v>19</v>
       </c>
       <c r="B9" s="12" t="s">
         <v>34</v>
       </c>
       <c r="C9" s="13"/>
       <c r="D9" s="13"/>
       <c r="E9" s="13"/>
       <c r="F9" s="14"/>
       <c r="G9" s="5" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="H9" s="6">
         <v>5</v>
       </c>
       <c r="I9" s="6"/>
       <c r="J9" s="6" t="s">
         <v>35</v>
       </c>
       <c r="K9" s="6">
         <v>21</v>
       </c>
       <c r="L9" s="6">
         <v>0</v>
       </c>
       <c r="M9" s="8">
         <v>0</v>
       </c>
       <c r="N9" s="6"/>
       <c r="O9" s="6"/>
       <c r="P9" s="6"/>
       <c r="Q9" s="6"/>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" s="5">
         <v>21</v>
       </c>
       <c r="B10" s="12" t="s">
         <v>36</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="14"/>
       <c r="G10" s="5" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="H10" s="6">
         <v>6</v>
       </c>
       <c r="I10" s="6"/>
       <c r="J10" s="6" t="s">
         <v>37</v>
       </c>
       <c r="K10" s="6">
         <v>87</v>
       </c>
       <c r="L10" s="6">
         <v>91</v>
       </c>
       <c r="M10" s="8">
         <v>0</v>
       </c>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="5">
         <v>23</v>
       </c>
       <c r="B11" s="12" t="s">
         <v>38</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
       <c r="G11" s="5" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="H11" s="6">
         <v>7</v>
       </c>
       <c r="I11" s="6"/>
       <c r="J11" s="6" t="s">
         <v>39</v>
       </c>
       <c r="K11" s="6">
         <v>38</v>
       </c>
       <c r="L11" s="6">
         <v>86</v>
       </c>
       <c r="M11" s="8">
         <v>0</v>
       </c>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
         <v>25</v>
       </c>
       <c r="B12" s="12" t="s">
         <v>40</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
       <c r="G12" s="5" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="H12" s="6">
         <v>8</v>
       </c>
       <c r="I12" s="6"/>
       <c r="J12" s="6" t="s">
         <v>41</v>
       </c>
       <c r="K12" s="6">
         <v>91</v>
       </c>
       <c r="L12" s="6">
         <v>87</v>
       </c>
       <c r="M12" s="8">
         <v>0</v>
       </c>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
         <v>33</v>
       </c>
       <c r="B13" s="12" t="s">
         <v>42</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
       <c r="G13" s="5" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="H13" s="6">
         <v>9</v>
       </c>
       <c r="I13" s="6"/>
       <c r="J13" s="6" t="s">
         <v>43</v>
       </c>
       <c r="K13" s="6">
         <v>21</v>
       </c>
       <c r="L13" s="6">
         <v>91</v>
       </c>
       <c r="M13" s="8">
         <v>99</v>
       </c>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
         <v>38</v>
       </c>
       <c r="B14" s="12" t="s">
         <v>44</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
       <c r="G14" s="5" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="H14" s="6">
         <v>10</v>
       </c>
       <c r="I14" s="6"/>
       <c r="J14" s="6" t="s">
         <v>45</v>
       </c>
       <c r="K14" s="6">
         <v>7</v>
       </c>
       <c r="L14" s="6">
         <v>38</v>
       </c>
       <c r="M14" s="8">
         <v>81</v>
       </c>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5">
         <v>47</v>
       </c>
       <c r="B15" s="12" t="s">
         <v>46</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>
       <c r="G15" s="5" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="H15" s="6">
         <v>11</v>
       </c>
       <c r="I15" s="6"/>
       <c r="J15" s="6" t="s">
         <v>47</v>
       </c>
       <c r="K15" s="6">
         <v>87</v>
       </c>
       <c r="L15" s="6">
         <v>91</v>
       </c>
       <c r="M15" s="8">
         <v>0</v>
       </c>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
       <c r="P15" s="6"/>
       <c r="Q15" s="6"/>
       <c r="R15" s="6"/>
       <c r="S15" s="6"/>
     </row>
     <row r="16" spans="1:19">
@@ -1456,51 +1456,51 @@
       <c r="H18" s="6"/>
       <c r="I18" s="6"/>
       <c r="J18" s="6"/>
       <c r="K18" s="6"/>
       <c r="L18" s="6"/>
       <c r="M18" s="8"/>
       <c r="N18" s="6"/>
       <c r="O18" s="6"/>
       <c r="P18" s="6"/>
       <c r="Q18" s="6"/>
       <c r="R18" s="6"/>
       <c r="S18" s="6"/>
     </row>
     <row r="19" spans="1:19">
       <c r="A19" s="5">
         <v>83</v>
       </c>
       <c r="B19" s="12" t="s">
         <v>51</v>
       </c>
       <c r="C19" s="13"/>
       <c r="D19" s="13"/>
       <c r="E19" s="13"/>
       <c r="F19" s="14"/>
       <c r="G19" s="5" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="H19" s="6"/>
       <c r="I19" s="6"/>
       <c r="J19" s="6"/>
       <c r="K19" s="6"/>
       <c r="L19" s="6"/>
       <c r="M19" s="8"/>
       <c r="N19" s="6"/>
       <c r="O19" s="6"/>
       <c r="P19" s="6"/>
       <c r="Q19" s="6"/>
       <c r="R19" s="6"/>
       <c r="S19" s="6"/>
     </row>
     <row r="20" spans="1:19">
       <c r="A20" s="5">
         <v>86</v>
       </c>
       <c r="B20" s="12" t="s">
         <v>52</v>
       </c>
       <c r="C20" s="13"/>
       <c r="D20" s="13"/>
       <c r="E20" s="13"/>
       <c r="F20" s="14"/>
@@ -1739,51 +1739,51 @@
       <c r="P29" s="7" t="s">
         <v>17</v>
       </c>
       <c r="Q29" s="7" t="s">
         <v>18</v>
       </c>
       <c r="R29" s="7" t="s">
         <v>19</v>
       </c>
       <c r="S29" s="7" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="30" spans="1:19">
       <c r="A30" s="7">
         <v>10</v>
       </c>
       <c r="B30" s="12" t="s">
         <v>56</v>
       </c>
       <c r="C30" s="13"/>
       <c r="D30" s="13"/>
       <c r="E30" s="13"/>
       <c r="F30" s="14"/>
       <c r="G30" s="7" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="H30" s="7">
         <v>1</v>
       </c>
       <c r="I30" s="7"/>
       <c r="J30" s="7" t="s">
         <v>57</v>
       </c>
       <c r="K30" s="7">
         <v>15</v>
       </c>
       <c r="L30" s="7">
         <v>35</v>
       </c>
       <c r="M30" s="7">
         <v>0</v>
       </c>
       <c r="N30" s="7" t="s">
         <v>58</v>
       </c>
       <c r="O30" s="7">
         <v>81</v>
       </c>
       <c r="P30" s="7">
         <v>2</v>
@@ -1976,51 +1976,51 @@
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
         <v>25</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>68</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
       <c r="G37" s="7" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
         <v>27</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>69</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
@@ -2030,51 +2030,51 @@
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
         <v>35</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>70</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>
       <c r="G39" s="7" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
       <c r="L39" s="7"/>
       <c r="M39" s="7"/>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
       <c r="Q39" s="7"/>
       <c r="R39" s="7"/>
       <c r="S39" s="7"/>
     </row>
     <row r="40" spans="1:19">
       <c r="A40" s="7">
         <v>44</v>
       </c>
       <c r="B40" s="12" t="s">
         <v>71</v>
       </c>
       <c r="C40" s="13"/>
       <c r="D40" s="13"/>
       <c r="E40" s="13"/>
       <c r="F40" s="14"/>
@@ -2111,105 +2111,105 @@
       <c r="H41" s="7"/>
       <c r="I41" s="7"/>
       <c r="J41" s="7"/>
       <c r="K41" s="7"/>
       <c r="L41" s="7"/>
       <c r="M41" s="7"/>
       <c r="N41" s="7"/>
       <c r="O41" s="7"/>
       <c r="P41" s="7"/>
       <c r="Q41" s="7"/>
       <c r="R41" s="7"/>
       <c r="S41" s="7"/>
     </row>
     <row r="42" spans="1:19">
       <c r="A42" s="7">
         <v>81</v>
       </c>
       <c r="B42" s="12" t="s">
         <v>73</v>
       </c>
       <c r="C42" s="13"/>
       <c r="D42" s="13"/>
       <c r="E42" s="13"/>
       <c r="F42" s="14"/>
       <c r="G42" s="7" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="H42" s="7"/>
       <c r="I42" s="7"/>
       <c r="J42" s="7"/>
       <c r="K42" s="7"/>
       <c r="L42" s="7"/>
       <c r="M42" s="7"/>
       <c r="N42" s="7"/>
       <c r="O42" s="7"/>
       <c r="P42" s="7"/>
       <c r="Q42" s="7"/>
       <c r="R42" s="7"/>
       <c r="S42" s="7"/>
     </row>
     <row r="43" spans="1:19">
       <c r="A43" s="7">
         <v>89</v>
       </c>
       <c r="B43" s="12" t="s">
         <v>74</v>
       </c>
       <c r="C43" s="13"/>
       <c r="D43" s="13"/>
       <c r="E43" s="13"/>
       <c r="F43" s="14"/>
       <c r="G43" s="7" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="H43" s="7"/>
       <c r="I43" s="7"/>
       <c r="J43" s="7"/>
       <c r="K43" s="7"/>
       <c r="L43" s="7"/>
       <c r="M43" s="7"/>
       <c r="N43" s="7"/>
       <c r="O43" s="7"/>
       <c r="P43" s="7"/>
       <c r="Q43" s="7"/>
       <c r="R43" s="7"/>
       <c r="S43" s="7"/>
     </row>
     <row r="44" spans="1:19">
       <c r="A44" s="7">
         <v>90</v>
       </c>
       <c r="B44" s="12" t="s">
         <v>75</v>
       </c>
       <c r="C44" s="13"/>
       <c r="D44" s="13"/>
       <c r="E44" s="13"/>
       <c r="F44" s="14"/>
       <c r="G44" s="7" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="H44" s="7"/>
       <c r="I44" s="7"/>
       <c r="J44" s="7"/>
       <c r="K44" s="7"/>
       <c r="L44" s="7"/>
       <c r="M44" s="7"/>
       <c r="N44" s="7"/>
       <c r="O44" s="7"/>
       <c r="P44" s="7"/>
       <c r="Q44" s="7"/>
       <c r="R44" s="7"/>
       <c r="S44" s="7"/>
     </row>
     <row r="45" spans="1:19">
       <c r="A45" s="7"/>
       <c r="B45" s="12"/>
       <c r="C45" s="13"/>
       <c r="D45" s="13"/>
       <c r="E45" s="13"/>
       <c r="F45" s="14"/>
       <c r="G45" s="7"/>
       <c r="H45" s="7"/>
       <c r="I45" s="7"/>
       <c r="J45" s="7"/>