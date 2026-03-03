--- v0 (2025-12-07)
+++ v1 (2026-03-03)
@@ -180,87 +180,87 @@
   <si>
     <t>Быцура Юрий</t>
   </si>
   <si>
     <t>Рудукан Дмитрий</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Регул»</t>
   </si>
   <si>
     <t>Брюханов Артем</t>
   </si>
   <si>
     <t>02:17</t>
   </si>
   <si>
     <t>06:11</t>
   </si>
   <si>
+    <t>Юдин Виталий</t>
+  </si>
+  <si>
+    <t>04:21</t>
+  </si>
+  <si>
+    <t>29:37</t>
+  </si>
+  <si>
     <t>Дрокин Павел</t>
   </si>
   <si>
-    <t>04:21</t>
-[...7 lines deleted...]
-  <si>
     <t>21:01</t>
   </si>
   <si>
     <t>30:43</t>
   </si>
   <si>
     <t>Мишин Вячеслав</t>
   </si>
   <si>
     <t>21:50</t>
   </si>
   <si>
     <t>Куделин Никита</t>
   </si>
   <si>
     <t>37:32</t>
   </si>
   <si>
+    <t>Новоселов Валерий</t>
+  </si>
+  <si>
+    <t>38:34</t>
+  </si>
+  <si>
     <t>Махлепов Алексей</t>
-  </si>
-[...4 lines deleted...]
-    <t>Новоселов Валерий</t>
   </si>
   <si>
     <t>40:09</t>
   </si>
   <si>
     <t>Тишков Николай</t>
   </si>
   <si>
     <t>Богдан Михаил</t>
   </si>
   <si>
     <t>Болибрух Иван</t>
   </si>
   <si>
     <t>Алексанян Сергей</t>
   </si>
   <si>
     <t>Уральский Павел</t>
   </si>
   <si>
     <t>Школьный Дмитрий</t>
   </si>
   <si>
     <t>Вдовенко Андрей</t>
   </si>
@@ -1718,96 +1718,96 @@
       </c>
       <c r="O30" s="7">
         <v>19</v>
       </c>
       <c r="P30" s="7">
         <v>2</v>
       </c>
       <c r="Q30" s="7">
         <v>13</v>
       </c>
       <c r="R30" s="7"/>
       <c r="S30" s="7"/>
     </row>
     <row r="31" spans="1:19">
       <c r="A31" s="7">
         <v>3</v>
       </c>
       <c r="B31" s="12" t="s">
         <v>54</v>
       </c>
       <c r="C31" s="13"/>
       <c r="D31" s="13"/>
       <c r="E31" s="13"/>
       <c r="F31" s="14"/>
       <c r="G31" s="7" t="s">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="H31" s="7">
         <v>2</v>
       </c>
       <c r="I31" s="7"/>
       <c r="J31" s="7" t="s">
         <v>55</v>
       </c>
       <c r="K31" s="7">
         <v>71</v>
       </c>
       <c r="L31" s="7">
         <v>0</v>
       </c>
       <c r="M31" s="7">
         <v>0</v>
       </c>
       <c r="N31" s="7" t="s">
         <v>56</v>
       </c>
       <c r="O31" s="7">
         <v>27</v>
       </c>
       <c r="P31" s="7">
         <v>2</v>
       </c>
       <c r="Q31" s="7">
         <v>5</v>
       </c>
       <c r="R31" s="7"/>
       <c r="S31" s="7"/>
     </row>
     <row r="32" spans="1:19">
       <c r="A32" s="7">
         <v>3</v>
       </c>
       <c r="B32" s="12" t="s">
         <v>57</v>
       </c>
       <c r="C32" s="13"/>
       <c r="D32" s="13"/>
       <c r="E32" s="13"/>
       <c r="F32" s="14"/>
       <c r="G32" s="7" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="H32" s="7">
         <v>3</v>
       </c>
       <c r="I32" s="7"/>
       <c r="J32" s="7" t="s">
         <v>58</v>
       </c>
       <c r="K32" s="7">
         <v>5</v>
       </c>
       <c r="L32" s="7">
         <v>71</v>
       </c>
       <c r="M32" s="7">
         <v>0</v>
       </c>
       <c r="N32" s="7" t="s">
         <v>59</v>
       </c>
       <c r="O32" s="7">
         <v>5</v>
       </c>
       <c r="P32" s="7">
         <v>2</v>
@@ -1882,88 +1882,88 @@
       <c r="L34" s="7">
         <v>99</v>
       </c>
       <c r="M34" s="7">
         <v>91</v>
       </c>
       <c r="N34" s="7"/>
       <c r="O34" s="7"/>
       <c r="P34" s="7"/>
       <c r="Q34" s="7"/>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
         <v>19</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>64</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>
       <c r="G35" s="7" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="H35" s="7">
         <v>6</v>
       </c>
       <c r="I35" s="7"/>
       <c r="J35" s="7" t="s">
         <v>65</v>
       </c>
       <c r="K35" s="7">
         <v>91</v>
       </c>
       <c r="L35" s="7">
         <v>99</v>
       </c>
       <c r="M35" s="7">
         <v>0</v>
       </c>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
         <v>19</v>
       </c>
       <c r="B36" s="12" t="s">
         <v>66</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>
       <c r="G36" s="7" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="H36" s="7">
         <v>7</v>
       </c>
       <c r="I36" s="7"/>
       <c r="J36" s="7" t="s">
         <v>67</v>
       </c>
       <c r="K36" s="7">
         <v>38</v>
       </c>
       <c r="L36" s="7">
         <v>16</v>
       </c>
       <c r="M36" s="7">
         <v>0</v>
       </c>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">