--- v0 (2025-12-08)
+++ v1 (2026-03-05)
@@ -138,108 +138,108 @@
   <si>
     <t>Мальцев Виктор</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>Соколов Петр</t>
   </si>
   <si>
     <t>Застеба Артём</t>
   </si>
   <si>
     <t>Загней Борис</t>
   </si>
   <si>
     <t>Меднов Владимир</t>
   </si>
   <si>
     <t>Марков Николай</t>
   </si>
   <si>
     <t>Тимченко Игорь</t>
   </si>
   <si>
+    <t>Бармотин Владимир</t>
+  </si>
+  <si>
     <t>Соловьев Вадим</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
-    <t>Бармотин Владимир</t>
-[...1 lines deleted...]
-  <si>
     <t>Добродеев Руслан</t>
   </si>
   <si>
     <t>Черепанов Константин</t>
   </si>
   <si>
     <t>Гребенюк Александр</t>
   </si>
   <si>
     <t>Пономарев Дмитрий</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Торнадо 2»</t>
   </si>
   <si>
     <t>24:01</t>
   </si>
   <si>
     <t>44-59</t>
   </si>
   <si>
     <t>Сариев Илья</t>
   </si>
   <si>
     <t>Беков Руслан</t>
   </si>
   <si>
     <t>Пилипенко Александр</t>
   </si>
   <si>
     <t>Кучинский Михаил</t>
   </si>
   <si>
     <t>Ибрагимов Мехрубон</t>
   </si>
   <si>
     <t>Богомолов Артем</t>
   </si>
   <si>
+    <t>Барашиков Денис</t>
+  </si>
+  <si>
     <t>Грамаков Денис</t>
-  </si>
-[...1 lines deleted...]
-    <t>Барашиков Денис</t>
   </si>
   <si>
     <t>Пахолюк Вячеслав</t>
   </si>
   <si>
     <t>Стецков Сергей</t>
   </si>
   <si>
     <t>Филипчук Анатолий</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
   <si>
     <t>Стародворов Роман</t>
   </si>
 </sst>
 </file>
 
@@ -1264,78 +1264,78 @@
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
       <c r="K15" s="6"/>
       <c r="L15" s="6"/>
       <c r="M15" s="8"/>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
       <c r="P15" s="6"/>
       <c r="Q15" s="6"/>
       <c r="R15" s="6"/>
       <c r="S15" s="6"/>
     </row>
     <row r="16" spans="1:19">
       <c r="A16" s="5">
         <v>30</v>
       </c>
       <c r="B16" s="12" t="s">
         <v>40</v>
       </c>
       <c r="C16" s="13"/>
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
       <c r="F16" s="14"/>
       <c r="G16" s="5" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
       <c r="K16" s="6"/>
       <c r="L16" s="6"/>
       <c r="M16" s="8"/>
       <c r="N16" s="6"/>
       <c r="O16" s="6"/>
       <c r="P16" s="6"/>
       <c r="Q16" s="6"/>
       <c r="R16" s="6"/>
       <c r="S16" s="6"/>
     </row>
     <row r="17" spans="1:19">
       <c r="A17" s="5">
         <v>30</v>
       </c>
       <c r="B17" s="12" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="C17" s="13"/>
       <c r="D17" s="13"/>
       <c r="E17" s="13"/>
       <c r="F17" s="14"/>
       <c r="G17" s="5" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
       <c r="M17" s="8"/>
       <c r="N17" s="6"/>
       <c r="O17" s="6"/>
       <c r="P17" s="6"/>
       <c r="Q17" s="6"/>
       <c r="R17" s="6"/>
       <c r="S17" s="6"/>
     </row>
     <row r="18" spans="1:19">
       <c r="A18" s="5">
         <v>76</v>
       </c>
       <c r="B18" s="12" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="13"/>
       <c r="D18" s="13"/>
       <c r="E18" s="13"/>
       <c r="F18" s="14"/>
@@ -1783,51 +1783,51 @@
       <c r="H34" s="7"/>
       <c r="I34" s="7"/>
       <c r="J34" s="7"/>
       <c r="K34" s="7"/>
       <c r="L34" s="7"/>
       <c r="M34" s="7"/>
       <c r="N34" s="7"/>
       <c r="O34" s="7"/>
       <c r="P34" s="7"/>
       <c r="Q34" s="7"/>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
         <v>22</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>56</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>
       <c r="G35" s="7" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
         <v>33</v>
       </c>
       <c r="B36" s="12" t="s">
         <v>57</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>
@@ -1837,78 +1837,78 @@
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
         <v>37</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>58</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
       <c r="G37" s="7" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
         <v>37</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>59</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
       <c r="G38" s="7" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
         <v>46</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>60</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>