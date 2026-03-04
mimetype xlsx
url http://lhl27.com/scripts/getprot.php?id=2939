--- v0 (2025-12-06)
+++ v1 (2026-03-04)
@@ -102,59 +102,59 @@
   <si>
     <t>Окон</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>32:26</t>
   </si>
   <si>
     <t>02:09</t>
   </si>
   <si>
     <t>Сариев Илья</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>33:18</t>
   </si>
   <si>
     <t>09:27</t>
   </si>
   <si>
+    <t>Лушников Глеб</t>
+  </si>
+  <si>
+    <t>13:21</t>
+  </si>
+  <si>
     <t>Пилипенко Александр</t>
   </si>
   <si>
-    <t>13:21</t>
-[...4 lines deleted...]
-  <si>
     <t>20:38</t>
   </si>
   <si>
     <t>Богомолов Артем</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Барашиков Денис</t>
   </si>
   <si>
     <t>33:58</t>
   </si>
   <si>
     <t>Грамаков Денис</t>
   </si>
   <si>
     <t>39:02</t>
   </si>
   <si>
     <t>Пахолюк Вячеслав</t>
   </si>
   <si>
     <t>Стецков Сергей</t>
@@ -186,54 +186,54 @@
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Союз»</t>
   </si>
   <si>
     <t>15:43</t>
   </si>
   <si>
     <t>29:56</t>
   </si>
   <si>
     <t>23:59</t>
   </si>
   <si>
     <t>31:30</t>
   </si>
   <si>
     <t>36:50</t>
   </si>
   <si>
     <t>Ефремов Дмитрий</t>
   </si>
   <si>
+    <t>Маковецкий Виктор</t>
+  </si>
+  <si>
     <t>Подкопаев Филипп</t>
-  </si>
-[...1 lines deleted...]
-    <t>Маковецкий Виктор</t>
   </si>
   <si>
     <t>Зелинский Владислав</t>
   </si>
   <si>
     <t>Пилюгин Дмитрий</t>
   </si>
   <si>
     <t>Карпусь Владислав</t>
   </si>
   <si>
     <t>Заморозов Владимир</t>
   </si>
   <si>
     <t>Капунов Евгений</t>
   </si>
   <si>
     <t>Мисько Андрей</t>
   </si>
   <si>
     <t>Соболев Евгений</t>
   </si>
   <si>
     <t>Шатун Михаил</t>
   </si>