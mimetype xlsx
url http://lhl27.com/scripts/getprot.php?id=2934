--- v0 (2025-12-08)
+++ v1 (2026-03-05)
@@ -210,54 +210,54 @@
   <si>
     <t>30:52</t>
   </si>
   <si>
     <t>44:21</t>
   </si>
   <si>
     <t>32:01</t>
   </si>
   <si>
     <t>ПВ</t>
   </si>
   <si>
     <t>44:45</t>
   </si>
   <si>
     <t>Филатов Антон</t>
   </si>
   <si>
     <t>Хан Александр</t>
   </si>
   <si>
     <t>Троценко Антон</t>
   </si>
   <si>
+    <t>Лубков Дмитрий</t>
+  </si>
+  <si>
     <t>Борисов Егор</t>
-  </si>
-[...1 lines deleted...]
-    <t>Лубков Дмитрий</t>
   </si>
   <si>
     <t>Бессмертный Сергей</t>
   </si>
   <si>
     <t>Чайка Роман</t>
   </si>
   <si>
     <t>Чечурин Максим</t>
   </si>
   <si>
     <t>Найдишкин Петр</t>
   </si>
   <si>
     <t>Столбовой Денис</t>
   </si>
   <si>
     <t>Медведев Дмитрий</t>
   </si>
   <si>
     <t>Севостьянов Александр</t>
   </si>
   <si>
     <t>Сачаков Вадим</t>
   </si>