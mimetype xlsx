--- v0 (2026-03-05)
+++ v1 (2026-03-05)
@@ -126,54 +126,54 @@
   <si>
     <t>Зенков Михаил</t>
   </si>
   <si>
     <t>29:32</t>
   </si>
   <si>
     <t>40:35</t>
   </si>
   <si>
     <t>Медвикус Евгений</t>
   </si>
   <si>
     <t>39:19</t>
   </si>
   <si>
     <t>43:20</t>
   </si>
   <si>
     <t>Бойцов Евгений</t>
   </si>
   <si>
     <t>43:01</t>
   </si>
   <si>
+    <t>Окунев Михаил</t>
+  </si>
+  <si>
     <t>Шураков Дмитрий</t>
-  </si>
-[...1 lines deleted...]
-    <t>Окунев Михаил</t>
   </si>
   <si>
     <t>Балакирев Владимир</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Тимофеев Александр</t>
   </si>
   <si>
     <t>Шаренко Алексей</t>
   </si>
   <si>
     <t>Митрофанов Федор</t>
   </si>
   <si>
     <t>Грейзик Сергей</t>
   </si>
   <si>
     <t>Бирюков Станислав</t>
   </si>
   <si>
     <t>Москалев Алексей</t>
   </si>