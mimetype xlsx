--- v0 (2025-12-10)
+++ v1 (2026-03-04)
@@ -258,54 +258,54 @@
   <si>
     <t>Бессарабец Александр</t>
   </si>
   <si>
     <t>Лосев Владимир</t>
   </si>
   <si>
     <t>Ложечник Евгений</t>
   </si>
   <si>
     <t>Старков Кирилл</t>
   </si>
   <si>
     <t>Транский Юрий</t>
   </si>
   <si>
     <t>Глухов Игорь</t>
   </si>
   <si>
     <t>Гандуров Александр</t>
   </si>
   <si>
     <t>Ким Артем</t>
   </si>
   <si>
+    <t>Фиалкин Денис</t>
+  </si>
+  <si>
     <t>Гусак Артем</t>
-  </si>
-[...1 lines deleted...]
-    <t>Фиалкин Денис</t>
   </si>
   <si>
     <t>Запевалов Денис</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="7">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -2220,78 +2220,78 @@
       <c r="H44" s="7"/>
       <c r="I44" s="7"/>
       <c r="J44" s="7"/>
       <c r="K44" s="7"/>
       <c r="L44" s="7"/>
       <c r="M44" s="7"/>
       <c r="N44" s="7"/>
       <c r="O44" s="7"/>
       <c r="P44" s="7"/>
       <c r="Q44" s="7"/>
       <c r="R44" s="7"/>
       <c r="S44" s="7"/>
     </row>
     <row r="45" spans="1:19">
       <c r="A45" s="7">
         <v>90</v>
       </c>
       <c r="B45" s="12" t="s">
         <v>80</v>
       </c>
       <c r="C45" s="13"/>
       <c r="D45" s="13"/>
       <c r="E45" s="13"/>
       <c r="F45" s="14"/>
       <c r="G45" s="7" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="H45" s="7"/>
       <c r="I45" s="7"/>
       <c r="J45" s="7"/>
       <c r="K45" s="7"/>
       <c r="L45" s="7"/>
       <c r="M45" s="7"/>
       <c r="N45" s="7"/>
       <c r="O45" s="7"/>
       <c r="P45" s="7"/>
       <c r="Q45" s="7"/>
       <c r="R45" s="7"/>
       <c r="S45" s="7"/>
     </row>
     <row r="46" spans="1:19">
       <c r="A46" s="7">
         <v>90</v>
       </c>
       <c r="B46" s="12" t="s">
         <v>81</v>
       </c>
       <c r="C46" s="13"/>
       <c r="D46" s="13"/>
       <c r="E46" s="13"/>
       <c r="F46" s="14"/>
       <c r="G46" s="7" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="H46" s="7"/>
       <c r="I46" s="7"/>
       <c r="J46" s="7"/>
       <c r="K46" s="7"/>
       <c r="L46" s="7"/>
       <c r="M46" s="7"/>
       <c r="N46" s="7"/>
       <c r="O46" s="7"/>
       <c r="P46" s="7"/>
       <c r="Q46" s="7"/>
       <c r="R46" s="7"/>
       <c r="S46" s="7"/>
     </row>
     <row r="47" spans="1:19">
       <c r="A47" s="7">
         <v>99</v>
       </c>
       <c r="B47" s="12" t="s">
         <v>82</v>
       </c>
       <c r="C47" s="13"/>
       <c r="D47" s="13"/>
       <c r="E47" s="13"/>
       <c r="F47" s="14"/>